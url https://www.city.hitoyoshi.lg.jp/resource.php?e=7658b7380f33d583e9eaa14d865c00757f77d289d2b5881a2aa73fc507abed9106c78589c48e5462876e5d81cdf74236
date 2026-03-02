--- v0 (2025-11-08)
+++ v1 (2026-03-02)
@@ -1,77 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\hs946\Downloads\file_2025-10-29_11-21-42\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.12.15\新共通\G000水道局_限定\G200下水道課_限定\203 排水設備\庶務関係\工事店\指定工事店名簿\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2860682F-8329-401A-A7A4-9725730470A9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="20490" windowHeight="7530"/>
+    <workbookView xWindow="20370" yWindow="-4680" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="名簿" sheetId="10" r:id="rId1"/>
     <sheet name="名簿 (2)" sheetId="11" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'名簿 (2)'!$A$2:$E$91</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">名簿!$A$1:$K$51</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'名簿 (2)'!$A$1:$E$95</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">名簿!$A$1:$K$53</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'名簿 (2)'!$A$1:$E$97</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">名簿!$1:$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'名簿 (2)'!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
+  <extLst>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="553" uniqueCount="279">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="565" uniqueCount="285">
   <si>
     <t>２２－６２５２</t>
   </si>
   <si>
     <t>２２－７７８４</t>
   </si>
   <si>
     <t>２３－２２０６</t>
   </si>
   <si>
     <t>有限会社キョーセツ</t>
     <rPh sb="0" eb="4">
       <t>ユウゲンガイシャ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>096-339-2655</t>
   </si>
   <si>
     <t>球磨郡相良村大字深水２５００－５４</t>
   </si>
   <si>
     <t>３５－０２４４</t>
   </si>
@@ -2205,160 +2211,182 @@
   </si>
   <si>
     <t>096-377-8662</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>人吉市下青井町８９番地２</t>
   </si>
   <si>
     <t>0966-22-8090</t>
   </si>
   <si>
     <t>株式会社クラフティア人吉営業所</t>
     <rPh sb="0" eb="2">
       <t>カブシキ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>カイシャ</t>
     </rPh>
     <rPh sb="10" eb="15">
       <t>ヒトヨシエイギョウショ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>（令和７年１０月２９日現在）</t>
+    <t>株式会社クラフティア人吉営業所</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>（令和８年１月１３日現在）</t>
     <rPh sb="1" eb="2">
       <t>レイ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>カズ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ネン</t>
     </rPh>
-    <rPh sb="7" eb="8">
+    <rPh sb="6" eb="7">
       <t>ガツ</t>
     </rPh>
-    <rPh sb="10" eb="11">
+    <rPh sb="9" eb="10">
       <t>ニチ</t>
     </rPh>
-    <rPh sb="11" eb="13">
+    <rPh sb="10" eb="12">
       <t>ゲンザイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>株式会社クラフティア人吉営業所</t>
-[...3 lines deleted...]
-    <t>（令和７年１０月２９日現在）</t>
+    <t>株式会社　金剛設備工業</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>八代市長田町3541番地1</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>0965-33-5445</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>ＹＥＬＬＯＷ</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>球磨郡球磨村大字渡甲1386番地</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>070-8489-7775</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>（令和８年１月１３日現在）</t>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="9" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
-      <u/>
-[...6 lines deleted...]
-    <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="47">
+  <borders count="45">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -2831,152 +2859,129 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-      <right style="medium">
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom/>
-[...8 lines deleted...]
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right/>
-[...12 lines deleted...]
-      <right style="thin">
+      <right style="double">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="medium">
-[...12 lines deleted...]
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="38" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="122">
+  <cellXfs count="120">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
@@ -3036,238 +3041,245 @@
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="38" fontId="8" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="38" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="38" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="38" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="3">
-    <cellStyle name="ハイパーリンク" xfId="2" builtinId="8"/>
+  <cellStyles count="2">
     <cellStyle name="桁区切り" xfId="1" builtinId="6"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>114083</xdr:rowOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>519665</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>209332</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>4</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>176893</xdr:rowOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>263466</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>13607</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="テキスト ボックス 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="125058" y="11408012"/>
-          <a:ext cx="6683444" cy="688738"/>
+          <a:off x="7663415" y="10768475"/>
+          <a:ext cx="6683444" cy="783989"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
@@ -3357,74 +3369,74 @@
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>		</a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100">
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>または、上記の指定工事店へ（見積りは無料です。）</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>91</xdr:row>
-      <xdr:rowOff>241486</xdr:rowOff>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>91808</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>830580</xdr:colOff>
-      <xdr:row>95</xdr:row>
-      <xdr:rowOff>105432</xdr:rowOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>27214</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="テキスト ボックス 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="18473457"/>
-          <a:ext cx="6680051" cy="939710"/>
+          <a:off x="0" y="19550022"/>
+          <a:ext cx="6681651" cy="751835"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
@@ -3509,163 +3521,163 @@
         </a:p>
         <a:p>
           <a:r>
             <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100">
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>		</a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100">
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>または、上記の指定工事店へ（見積りは無料です。）</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -3802,91 +3814,91 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N73"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" workbookViewId="0">
-      <selection activeCell="C3" sqref="C3"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A24" zoomScale="70" zoomScaleNormal="85" zoomScaleSheetLayoutView="70" workbookViewId="0">
+      <selection activeCell="E57" sqref="E57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="7.5" style="1" customWidth="1"/>
     <col min="2" max="2" width="7.5" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="27.625" style="1" customWidth="1"/>
-    <col min="4" max="4" width="34.125" style="1" customWidth="1"/>
-    <col min="5" max="5" width="14.75" style="2" customWidth="1"/>
+    <col min="4" max="4" width="36.625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="16.625" style="2" customWidth="1"/>
     <col min="6" max="6" width="2.125" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.5" style="1" customWidth="1"/>
     <col min="8" max="8" width="7.5" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="27.5" style="1" customWidth="1"/>
-    <col min="10" max="10" width="33.875" style="1" customWidth="1"/>
-    <col min="11" max="11" width="14.625" style="2" customWidth="1"/>
+    <col min="10" max="10" width="36.625" style="1" customWidth="1"/>
+    <col min="11" max="11" width="16.625" style="2" customWidth="1"/>
     <col min="12" max="16384" width="8.875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="21.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="47" t="s">
         <v>170</v>
       </c>
       <c r="B1" s="46"/>
       <c r="C1" s="46"/>
       <c r="D1" s="46"/>
       <c r="E1" s="46"/>
       <c r="F1" s="46"/>
       <c r="G1" s="46"/>
       <c r="H1" s="46"/>
       <c r="I1" s="46"/>
       <c r="J1" s="46"/>
       <c r="K1" s="45" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="2" spans="1:14" ht="18.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A2" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E2" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F2" s="8"/>
       <c r="G2" s="9" t="s">
         <v>77</v>
       </c>
       <c r="H2" s="10" t="s">
         <v>17</v>
       </c>
@@ -3895,3310 +3907,3388 @@
       </c>
       <c r="J2" s="12" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="13" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:14" ht="18.95" customHeight="1" thickTop="1" x14ac:dyDescent="0.15">
       <c r="A3" s="14">
         <v>1</v>
       </c>
       <c r="B3" s="15">
         <v>4</v>
       </c>
       <c r="C3" s="16" t="s">
         <v>275</v>
       </c>
       <c r="D3" s="17" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="42" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="18">
-        <v>45</v>
-[...11 lines deleted...]
-        <v>87</v>
+        <v>51</v>
+      </c>
+      <c r="H3" s="26">
+        <v>147</v>
+      </c>
+      <c r="I3" s="27" t="s">
+        <v>102</v>
+      </c>
+      <c r="J3" s="28" t="s">
+        <v>101</v>
+      </c>
+      <c r="K3" s="29" t="s" ph="1">
+        <v>185</v>
       </c>
     </row>
     <row r="4" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A4" s="18">
         <v>2</v>
       </c>
       <c r="B4" s="19">
         <v>7</v>
       </c>
       <c r="C4" s="20" t="s">
         <v>78</v>
       </c>
       <c r="D4" s="23" t="s">
         <v>37</v>
       </c>
       <c r="E4" s="22" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="18">
-        <v>46</v>
-[...11 lines deleted...]
-        <v>181</v>
+        <v>52</v>
+      </c>
+      <c r="H4" s="19">
+        <v>148</v>
+      </c>
+      <c r="I4" s="24" t="s">
+        <v>103</v>
+      </c>
+      <c r="J4" s="25" t="s">
+        <v>107</v>
+      </c>
+      <c r="K4" s="22" t="s" ph="1">
+        <v>186</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A5" s="18">
         <v>3</v>
       </c>
       <c r="B5" s="19">
         <v>10</v>
       </c>
       <c r="C5" s="20" t="s">
         <v>79</v>
       </c>
       <c r="D5" s="23" t="s">
         <v>214</v>
       </c>
       <c r="E5" s="22" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="18">
-        <v>47</v>
-[...11 lines deleted...]
-        <v>89</v>
+        <v>53</v>
+      </c>
+      <c r="H5" s="26">
+        <v>149</v>
+      </c>
+      <c r="I5" s="30" t="s">
+        <v>110</v>
+      </c>
+      <c r="J5" s="28" t="s">
+        <v>200</v>
+      </c>
+      <c r="K5" s="31" t="s" ph="1">
+        <v>104</v>
       </c>
     </row>
     <row r="6" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A6" s="18">
         <v>4</v>
       </c>
       <c r="B6" s="19">
         <v>11</v>
       </c>
       <c r="C6" s="20" t="s">
         <v>80</v>
       </c>
       <c r="D6" s="23" t="s">
         <v>86</v>
       </c>
       <c r="E6" s="22" t="s">
         <v>25</v>
       </c>
       <c r="G6" s="18">
-        <v>48</v>
-[...11 lines deleted...]
-        <v>182</v>
+        <v>54</v>
+      </c>
+      <c r="H6" s="26">
+        <v>150</v>
+      </c>
+      <c r="I6" s="27" t="s">
+        <v>187</v>
+      </c>
+      <c r="J6" s="28" t="s">
+        <v>188</v>
+      </c>
+      <c r="K6" s="29" t="s" ph="1">
+        <v>189</v>
       </c>
     </row>
     <row r="7" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A7" s="18">
         <v>5</v>
       </c>
       <c r="B7" s="19">
         <v>13</v>
       </c>
       <c r="C7" s="20" t="s">
         <v>81</v>
       </c>
       <c r="D7" s="23" t="s">
         <v>117</v>
       </c>
       <c r="E7" s="22" t="s">
         <v>26</v>
       </c>
       <c r="G7" s="18">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="H7" s="26">
-        <v>144</v>
-[...8 lines deleted...]
-        <v>183</v>
+        <v>151</v>
+      </c>
+      <c r="I7" s="24" t="s">
+        <v>161</v>
+      </c>
+      <c r="J7" s="25" t="s">
+        <v>162</v>
+      </c>
+      <c r="K7" s="22" t="s" ph="1">
+        <v>190</v>
       </c>
     </row>
     <row r="8" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A8" s="18">
         <v>6</v>
       </c>
       <c r="B8" s="19">
         <v>16</v>
       </c>
       <c r="C8" s="20" t="s">
         <v>82</v>
       </c>
       <c r="D8" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="22" t="s">
         <v>28</v>
       </c>
       <c r="G8" s="18">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="H8" s="19">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="I8" s="24" t="s">
-        <v>94</v>
+        <v>114</v>
       </c>
       <c r="J8" s="25" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="K8" s="22" t="s" ph="1">
-        <v>184</v>
+        <v>191</v>
       </c>
     </row>
     <row r="9" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A9" s="18">
         <v>7</v>
       </c>
       <c r="B9" s="19">
         <v>18</v>
       </c>
       <c r="C9" s="20" t="s">
         <v>58</v>
       </c>
       <c r="D9" s="23" t="s">
         <v>29</v>
       </c>
       <c r="E9" s="22" t="s">
         <v>30</v>
       </c>
       <c r="G9" s="18">
-        <v>51</v>
-[...11 lines deleted...]
-        <v>185</v>
+        <v>57</v>
+      </c>
+      <c r="H9" s="19">
+        <v>154</v>
+      </c>
+      <c r="I9" s="24" t="s">
+        <v>108</v>
+      </c>
+      <c r="J9" s="25" t="s">
+        <v>109</v>
+      </c>
+      <c r="K9" s="22" t="s" ph="1">
+        <v>192</v>
       </c>
     </row>
     <row r="10" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A10" s="18">
         <v>8</v>
       </c>
       <c r="B10" s="19">
         <v>19</v>
       </c>
       <c r="C10" s="20" t="s">
         <v>106</v>
       </c>
       <c r="D10" s="23" t="s">
         <v>198</v>
       </c>
       <c r="E10" s="22" t="s">
         <v>31</v>
       </c>
       <c r="G10" s="18">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>58</v>
+      </c>
+      <c r="H10" s="26">
+        <v>155</v>
       </c>
       <c r="I10" s="24" t="s">
-        <v>103</v>
+        <v>121</v>
       </c>
       <c r="J10" s="25" t="s">
-        <v>107</v>
+        <v>193</v>
       </c>
       <c r="K10" s="22" t="s" ph="1">
-        <v>186</v>
+        <v>194</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A11" s="18">
         <v>9</v>
       </c>
       <c r="B11" s="19">
         <v>21</v>
       </c>
       <c r="C11" s="20" t="s">
         <v>215</v>
       </c>
       <c r="D11" s="23" t="s">
         <v>115</v>
       </c>
       <c r="E11" s="22" t="s">
         <v>216</v>
       </c>
       <c r="G11" s="18">
-        <v>53</v>
-[...11 lines deleted...]
-        <v>104</v>
+        <v>59</v>
+      </c>
+      <c r="H11" s="19">
+        <v>156</v>
+      </c>
+      <c r="I11" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="J11" s="25" t="s">
+        <v>125</v>
+      </c>
+      <c r="K11" s="22" t="s" ph="1">
+        <v>195</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A12" s="18">
         <v>10</v>
       </c>
       <c r="B12" s="19">
         <v>24</v>
       </c>
       <c r="C12" s="20" t="s">
         <v>83</v>
       </c>
       <c r="D12" s="23" t="s">
         <v>32</v>
       </c>
       <c r="E12" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G12" s="18">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="H12" s="26">
-        <v>150</v>
-[...8 lines deleted...]
-        <v>189</v>
+        <v>160</v>
+      </c>
+      <c r="I12" s="24" t="s">
+        <v>133</v>
+      </c>
+      <c r="J12" s="25" t="s">
+        <v>134</v>
+      </c>
+      <c r="K12" s="22" t="s" ph="1">
+        <v>235</v>
       </c>
     </row>
     <row r="13" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A13" s="18">
         <v>11</v>
       </c>
       <c r="B13" s="19">
         <v>28</v>
       </c>
       <c r="C13" s="20" t="s">
         <v>217</v>
       </c>
       <c r="D13" s="23" t="s">
         <v>84</v>
       </c>
       <c r="E13" s="22" t="s">
         <v>34</v>
       </c>
       <c r="G13" s="18">
-        <v>55</v>
-[...7 lines deleted...]
-      <c r="J13" s="25" t="s">
+        <v>61</v>
+      </c>
+      <c r="H13" s="19">
         <v>162</v>
       </c>
-      <c r="K13" s="22" t="s" ph="1">
-        <v>190</v>
+      <c r="I13" s="27" t="s">
+        <v>135</v>
+      </c>
+      <c r="J13" s="28" t="s">
+        <v>136</v>
+      </c>
+      <c r="K13" s="29" t="s" ph="1">
+        <v>236</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A14" s="18">
         <v>12</v>
       </c>
       <c r="B14" s="19">
         <v>30</v>
       </c>
       <c r="C14" s="20" t="s">
         <v>218</v>
       </c>
       <c r="D14" s="23" t="s">
         <v>35</v>
       </c>
       <c r="E14" s="22" t="s">
         <v>38</v>
       </c>
       <c r="G14" s="18">
-        <v>56</v>
-[...11 lines deleted...]
-        <v>191</v>
+        <v>62</v>
+      </c>
+      <c r="H14" s="26">
+        <v>163</v>
+      </c>
+      <c r="I14" s="27" t="s">
+        <v>237</v>
+      </c>
+      <c r="J14" s="28" t="s">
+        <v>238</v>
+      </c>
+      <c r="K14" s="29" t="s" ph="1">
+        <v>137</v>
       </c>
     </row>
     <row r="15" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A15" s="18">
         <v>13</v>
       </c>
       <c r="B15" s="19">
         <v>31</v>
       </c>
       <c r="C15" s="20" t="s">
         <v>219</v>
       </c>
       <c r="D15" s="23" t="s">
         <v>122</v>
       </c>
       <c r="E15" s="22" t="s">
         <v>39</v>
       </c>
       <c r="G15" s="18">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="H15" s="19">
-        <v>154</v>
-[...8 lines deleted...]
-        <v>192</v>
+        <v>165</v>
+      </c>
+      <c r="I15" s="27" t="s">
+        <v>239</v>
+      </c>
+      <c r="J15" s="28" t="s">
+        <v>240</v>
+      </c>
+      <c r="K15" s="29" t="s" ph="1">
+        <v>138</v>
       </c>
       <c r="L15" s="1" ph="1"/>
       <c r="M15" s="1" ph="1"/>
       <c r="N15" s="1" ph="1"/>
     </row>
     <row r="16" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A16" s="18">
         <v>14</v>
       </c>
       <c r="B16" s="19">
         <v>32</v>
       </c>
       <c r="C16" s="20" t="s">
         <v>220</v>
       </c>
       <c r="D16" s="23" t="s">
         <v>199</v>
       </c>
       <c r="E16" s="22" t="s">
         <v>40</v>
       </c>
       <c r="G16" s="18">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="H16" s="26">
-        <v>155</v>
-[...8 lines deleted...]
-        <v>194</v>
+        <v>166</v>
+      </c>
+      <c r="I16" s="27" t="s">
+        <v>241</v>
+      </c>
+      <c r="J16" s="28" t="s">
+        <v>242</v>
+      </c>
+      <c r="K16" s="29" t="s" ph="1">
+        <v>139</v>
       </c>
       <c r="L16" s="1" ph="1"/>
       <c r="M16" s="1" ph="1"/>
       <c r="N16" s="1" ph="1"/>
     </row>
     <row r="17" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A17" s="18">
         <v>15</v>
       </c>
       <c r="B17" s="19">
         <v>33</v>
       </c>
       <c r="C17" s="20" t="s">
         <v>12</v>
       </c>
       <c r="D17" s="23" t="s">
         <v>65</v>
       </c>
       <c r="E17" s="22" t="s">
         <v>41</v>
       </c>
       <c r="G17" s="18">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="H17" s="19">
-        <v>156</v>
-[...8 lines deleted...]
-        <v>195</v>
+        <v>167</v>
+      </c>
+      <c r="I17" s="27" t="s">
+        <v>243</v>
+      </c>
+      <c r="J17" s="28" t="s">
+        <v>244</v>
+      </c>
+      <c r="K17" s="29" t="s" ph="1">
+        <v>140</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A18" s="18">
         <v>16</v>
       </c>
       <c r="B18" s="19">
         <v>35</v>
       </c>
       <c r="C18" s="20" t="s">
         <v>221</v>
       </c>
       <c r="D18" s="23" t="s">
         <v>42</v>
       </c>
       <c r="E18" s="22" t="s">
         <v>43</v>
       </c>
       <c r="G18" s="18">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="H18" s="26">
-        <v>160</v>
-[...8 lines deleted...]
-        <v>235</v>
+        <v>168</v>
+      </c>
+      <c r="I18" s="27" t="s">
+        <v>168</v>
+      </c>
+      <c r="J18" s="28" t="s">
+        <v>245</v>
+      </c>
+      <c r="K18" s="29" t="s" ph="1">
+        <v>141</v>
       </c>
     </row>
     <row r="19" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A19" s="18">
         <v>17</v>
       </c>
       <c r="B19" s="19">
         <v>41</v>
       </c>
       <c r="C19" s="20" t="s">
         <v>96</v>
       </c>
       <c r="D19" s="23" t="s">
         <v>97</v>
       </c>
       <c r="E19" s="22" t="s">
         <v>222</v>
       </c>
       <c r="G19" s="18">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="H19" s="19">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="I19" s="27" t="s">
-        <v>135</v>
+        <v>246</v>
       </c>
       <c r="J19" s="28" t="s">
-        <v>136</v>
+        <v>247</v>
       </c>
       <c r="K19" s="29" t="s" ph="1">
-        <v>236</v>
+        <v>142</v>
       </c>
       <c r="L19" s="1" ph="1"/>
       <c r="M19" s="1" ph="1"/>
       <c r="N19" s="1" ph="1"/>
     </row>
     <row r="20" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A20" s="18">
         <v>18</v>
       </c>
       <c r="B20" s="19">
         <v>45</v>
       </c>
       <c r="C20" s="20" t="s">
         <v>223</v>
       </c>
       <c r="D20" s="23" t="s">
         <v>44</v>
       </c>
       <c r="E20" s="22" t="s">
         <v>45</v>
       </c>
       <c r="G20" s="18">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="H20" s="26">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="I20" s="27" t="s">
-        <v>237</v>
+        <v>143</v>
       </c>
       <c r="J20" s="28" t="s">
-        <v>238</v>
+        <v>144</v>
       </c>
       <c r="K20" s="29" t="s" ph="1">
-        <v>137</v>
+        <v>248</v>
       </c>
       <c r="L20" s="1" ph="1"/>
       <c r="M20" s="1" ph="1"/>
       <c r="N20" s="1" ph="1"/>
     </row>
     <row r="21" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A21" s="18">
         <v>19</v>
       </c>
       <c r="B21" s="19">
         <v>49</v>
       </c>
       <c r="C21" s="20" t="s">
         <v>7</v>
       </c>
       <c r="D21" s="23" t="s">
         <v>46</v>
       </c>
       <c r="E21" s="22" t="s">
         <v>47</v>
       </c>
       <c r="G21" s="18">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>165</v>
+        <v>69</v>
+      </c>
+      <c r="H21" s="26">
+        <v>171</v>
       </c>
       <c r="I21" s="27" t="s">
-        <v>239</v>
+        <v>145</v>
       </c>
       <c r="J21" s="28" t="s">
-        <v>240</v>
+        <v>201</v>
       </c>
       <c r="K21" s="29" t="s" ph="1">
-        <v>138</v>
+        <v>249</v>
       </c>
       <c r="L21" s="1" ph="1"/>
       <c r="M21" s="1" ph="1"/>
       <c r="N21" s="1" ph="1"/>
     </row>
     <row r="22" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A22" s="18">
         <v>20</v>
       </c>
       <c r="B22" s="19">
         <v>51</v>
       </c>
       <c r="C22" s="20" t="s">
         <v>224</v>
       </c>
       <c r="D22" s="23" t="s">
         <v>48</v>
       </c>
       <c r="E22" s="22" t="s">
         <v>49</v>
       </c>
       <c r="G22" s="18">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="H22" s="26">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="I22" s="27" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-        <v>242</v>
+        <v>146</v>
+      </c>
+      <c r="J22" s="52" t="s">
+        <v>147</v>
       </c>
       <c r="K22" s="29" t="s" ph="1">
-        <v>139</v>
+        <v>250</v>
       </c>
       <c r="L22" s="1" ph="1"/>
       <c r="M22" s="1" ph="1"/>
       <c r="N22" s="1" ph="1"/>
     </row>
     <row r="23" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A23" s="18">
         <v>21</v>
       </c>
       <c r="B23" s="19">
         <v>52</v>
       </c>
       <c r="C23" s="20" t="s">
         <v>225</v>
       </c>
       <c r="D23" s="23" t="s">
         <v>50</v>
       </c>
       <c r="E23" s="22" t="s">
         <v>51</v>
       </c>
       <c r="G23" s="18">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>71</v>
+      </c>
+      <c r="H23" s="26">
+        <v>173</v>
       </c>
       <c r="I23" s="27" t="s">
-        <v>243</v>
+        <v>148</v>
       </c>
       <c r="J23" s="28" t="s">
-        <v>244</v>
+        <v>149</v>
       </c>
       <c r="K23" s="29" t="s" ph="1">
-        <v>140</v>
+        <v>251</v>
       </c>
       <c r="L23" s="1" ph="1"/>
       <c r="M23" s="1" ph="1"/>
       <c r="N23" s="1" ph="1"/>
     </row>
     <row r="24" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A24" s="18">
         <v>22</v>
       </c>
       <c r="B24" s="19">
         <v>56</v>
       </c>
       <c r="C24" s="20" t="s">
         <v>126</v>
       </c>
       <c r="D24" s="23" t="s">
         <v>52</v>
       </c>
       <c r="E24" s="22" t="s">
         <v>53</v>
       </c>
       <c r="G24" s="18">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="H24" s="26">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="I24" s="27" t="s">
-        <v>168</v>
+        <v>150</v>
       </c>
       <c r="J24" s="28" t="s">
-        <v>245</v>
+        <v>151</v>
       </c>
       <c r="K24" s="29" t="s" ph="1">
-        <v>141</v>
+        <v>252</v>
       </c>
       <c r="L24" s="1" ph="1"/>
       <c r="M24" s="1" ph="1"/>
       <c r="N24" s="1" ph="1"/>
     </row>
     <row r="25" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A25" s="18">
         <v>23</v>
       </c>
       <c r="B25" s="19">
         <v>60</v>
       </c>
       <c r="C25" s="20" t="s">
         <v>226</v>
       </c>
       <c r="D25" s="23" t="s">
         <v>54</v>
       </c>
       <c r="E25" s="22" t="s">
         <v>55</v>
       </c>
       <c r="G25" s="18">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>73</v>
+      </c>
+      <c r="H25" s="26">
+        <v>175</v>
       </c>
       <c r="I25" s="27" t="s">
-        <v>246</v>
+        <v>152</v>
       </c>
       <c r="J25" s="28" t="s">
-        <v>247</v>
+        <v>153</v>
       </c>
       <c r="K25" s="29" t="s" ph="1">
-        <v>142</v>
+        <v>253</v>
       </c>
       <c r="L25" s="1" ph="1"/>
       <c r="M25" s="1" ph="1"/>
       <c r="N25" s="1" ph="1"/>
     </row>
     <row r="26" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A26" s="18">
         <v>24</v>
       </c>
       <c r="B26" s="19">
         <v>63</v>
       </c>
       <c r="C26" s="20" t="s">
         <v>209</v>
       </c>
       <c r="D26" s="23" t="s">
         <v>116</v>
       </c>
       <c r="E26" s="22" t="s">
         <v>227</v>
       </c>
       <c r="G26" s="18">
-        <v>68</v>
-[...11 lines deleted...]
-        <v>248</v>
+        <v>74</v>
+      </c>
+      <c r="H26" s="51">
+        <v>177</v>
+      </c>
+      <c r="I26" s="49" t="s">
+        <v>157</v>
+      </c>
+      <c r="J26" s="53" t="s">
+        <v>158</v>
+      </c>
+      <c r="K26" s="50" t="s" ph="1">
+        <v>254</v>
       </c>
       <c r="L26" s="1" ph="1"/>
       <c r="M26" s="1" ph="1"/>
       <c r="N26" s="1" ph="1"/>
     </row>
     <row r="27" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A27" s="18">
         <v>25</v>
       </c>
       <c r="B27" s="19">
         <v>68</v>
       </c>
       <c r="C27" s="20" t="s">
         <v>119</v>
       </c>
       <c r="D27" s="23" t="s">
         <v>118</v>
       </c>
       <c r="E27" s="22" t="s">
         <v>56</v>
       </c>
       <c r="G27" s="18">
-        <v>69</v>
-[...11 lines deleted...]
-        <v>249</v>
+        <v>75</v>
+      </c>
+      <c r="H27" s="51">
+        <v>180</v>
+      </c>
+      <c r="I27" s="56" t="s">
+        <v>159</v>
+      </c>
+      <c r="J27" s="52" t="s">
+        <v>160</v>
+      </c>
+      <c r="K27" s="57" t="s" ph="1">
+        <v>255</v>
       </c>
       <c r="L27" s="1" ph="1"/>
       <c r="M27" s="1" ph="1"/>
       <c r="N27" s="1" ph="1"/>
     </row>
     <row r="28" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A28" s="18">
         <v>26</v>
       </c>
       <c r="B28" s="19">
         <v>70</v>
       </c>
       <c r="C28" s="20" t="s">
         <v>228</v>
       </c>
       <c r="D28" s="23" t="s">
         <v>57</v>
       </c>
       <c r="E28" s="22" t="s">
         <v>59</v>
       </c>
       <c r="G28" s="18">
-        <v>70</v>
-[...11 lines deleted...]
-        <v>250</v>
+        <v>76</v>
+      </c>
+      <c r="H28" s="58">
+        <v>181</v>
+      </c>
+      <c r="I28" s="56" t="s">
+        <v>163</v>
+      </c>
+      <c r="J28" s="52" t="s">
+        <v>173</v>
+      </c>
+      <c r="K28" s="57" t="s" ph="1">
+        <v>256</v>
       </c>
       <c r="L28" s="1" ph="1"/>
       <c r="M28" s="1" ph="1"/>
       <c r="N28" s="1" ph="1"/>
     </row>
     <row r="29" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A29" s="18">
         <v>27</v>
       </c>
       <c r="B29" s="26">
         <v>74</v>
       </c>
       <c r="C29" s="32" t="s">
         <v>229</v>
       </c>
       <c r="D29" s="33" t="s">
         <v>60</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>61</v>
       </c>
       <c r="G29" s="18">
-        <v>71</v>
-[...11 lines deleted...]
-        <v>251</v>
+        <v>77</v>
+      </c>
+      <c r="H29" s="51">
+        <v>182</v>
+      </c>
+      <c r="I29" s="56" t="s">
+        <v>164</v>
+      </c>
+      <c r="J29" s="52" t="s">
+        <v>165</v>
+      </c>
+      <c r="K29" s="57" t="s" ph="1">
+        <v>257</v>
       </c>
       <c r="L29" s="1" ph="1"/>
       <c r="M29" s="1" ph="1"/>
       <c r="N29" s="1" ph="1"/>
     </row>
     <row r="30" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A30" s="18">
         <v>28</v>
       </c>
       <c r="B30" s="26">
         <v>76</v>
       </c>
       <c r="C30" s="32" t="s">
         <v>230</v>
       </c>
       <c r="D30" s="33" t="s">
         <v>62</v>
       </c>
       <c r="E30" s="29" t="s">
         <v>63</v>
       </c>
       <c r="G30" s="18">
-        <v>72</v>
-[...11 lines deleted...]
-        <v>252</v>
+        <v>78</v>
+      </c>
+      <c r="H30" s="51">
+        <v>184</v>
+      </c>
+      <c r="I30" s="56" t="s">
+        <v>166</v>
+      </c>
+      <c r="J30" s="52" t="s">
+        <v>167</v>
+      </c>
+      <c r="K30" s="57" t="s" ph="1">
+        <v>258</v>
       </c>
       <c r="L30" s="1" ph="1"/>
       <c r="M30" s="1" ph="1"/>
       <c r="N30" s="1" ph="1"/>
     </row>
     <row r="31" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A31" s="18">
         <v>29</v>
       </c>
       <c r="B31" s="26">
         <v>77</v>
       </c>
       <c r="C31" s="32" t="s">
         <v>128</v>
       </c>
       <c r="D31" s="28" t="s">
         <v>231</v>
       </c>
       <c r="E31" s="29" t="s">
         <v>64</v>
       </c>
       <c r="G31" s="18">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="H31" s="26">
-        <v>175</v>
+        <v>187</v>
       </c>
       <c r="I31" s="27" t="s">
-        <v>152</v>
+        <v>259</v>
       </c>
       <c r="J31" s="28" t="s">
-        <v>153</v>
+        <v>171</v>
       </c>
       <c r="K31" s="29" t="s" ph="1">
-        <v>253</v>
+        <v>169</v>
       </c>
       <c r="L31" s="1" ph="1"/>
       <c r="M31" s="1" ph="1"/>
       <c r="N31" s="1" ph="1"/>
     </row>
     <row r="32" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A32" s="18">
         <v>30</v>
       </c>
       <c r="B32" s="26">
         <v>82</v>
       </c>
       <c r="C32" s="32" t="s">
         <v>129</v>
       </c>
       <c r="D32" s="33" t="s">
         <v>130</v>
       </c>
       <c r="E32" s="29" t="s">
         <v>4</v>
       </c>
       <c r="G32" s="18">
-        <v>74</v>
-[...11 lines deleted...]
-        <v>254</v>
+        <v>80</v>
+      </c>
+      <c r="H32" s="26">
+        <v>191</v>
+      </c>
+      <c r="I32" s="27" t="s">
+        <v>174</v>
+      </c>
+      <c r="J32" s="28" t="s">
+        <v>175</v>
+      </c>
+      <c r="K32" s="29" t="s" ph="1">
+        <v>176</v>
       </c>
       <c r="L32" s="1" ph="1"/>
       <c r="M32" s="1" ph="1"/>
       <c r="N32" s="1" ph="1"/>
     </row>
     <row r="33" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A33" s="18">
         <v>31</v>
       </c>
       <c r="B33" s="26">
         <v>86</v>
       </c>
       <c r="C33" s="32" t="s">
         <v>131</v>
       </c>
       <c r="D33" s="33" t="s">
         <v>5</v>
       </c>
       <c r="E33" s="29" t="s">
         <v>6</v>
       </c>
       <c r="G33" s="18">
-        <v>75</v>
-[...11 lines deleted...]
-        <v>255</v>
+        <v>81</v>
+      </c>
+      <c r="H33" s="26">
+        <v>192</v>
+      </c>
+      <c r="I33" s="27" t="s">
+        <v>177</v>
+      </c>
+      <c r="J33" s="28" t="s">
+        <v>178</v>
+      </c>
+      <c r="K33" s="29" t="s" ph="1">
+        <v>179</v>
       </c>
       <c r="L33" s="1" ph="1"/>
       <c r="M33" s="1" ph="1"/>
       <c r="N33" s="1" ph="1"/>
     </row>
     <row r="34" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A34" s="18">
         <v>32</v>
       </c>
       <c r="B34" s="26">
         <v>102</v>
       </c>
       <c r="C34" s="20" t="s">
         <v>154</v>
       </c>
       <c r="D34" s="35" t="s">
         <v>155</v>
       </c>
       <c r="E34" s="43" t="s" ph="1">
         <v>156</v>
       </c>
       <c r="G34" s="18">
-        <v>76</v>
-[...11 lines deleted...]
-        <v>256</v>
+        <v>82</v>
+      </c>
+      <c r="H34" s="26">
+        <v>194</v>
+      </c>
+      <c r="I34" s="27" t="s">
+        <v>202</v>
+      </c>
+      <c r="J34" s="28" t="s">
+        <v>203</v>
+      </c>
+      <c r="K34" s="29" t="s" ph="1">
+        <v>206</v>
       </c>
       <c r="L34" s="1" ph="1"/>
       <c r="M34" s="1" ph="1"/>
       <c r="N34" s="1" ph="1"/>
     </row>
     <row r="35" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A35" s="18">
         <v>33</v>
       </c>
       <c r="B35" s="19">
         <v>103</v>
       </c>
       <c r="C35" s="20" t="s">
         <v>132</v>
       </c>
       <c r="D35" s="23" t="s">
         <v>232</v>
       </c>
       <c r="E35" s="22" t="s">
         <v>66</v>
       </c>
       <c r="G35" s="18">
-        <v>77</v>
-[...11 lines deleted...]
-        <v>257</v>
+        <v>83</v>
+      </c>
+      <c r="H35" s="26">
+        <v>195</v>
+      </c>
+      <c r="I35" s="27" t="s">
+        <v>204</v>
+      </c>
+      <c r="J35" s="52" t="s">
+        <v>205</v>
+      </c>
+      <c r="K35" s="29" t="s" ph="1">
+        <v>207</v>
       </c>
       <c r="L35" s="1" ph="1"/>
       <c r="M35" s="1" ph="1"/>
       <c r="N35" s="1" ph="1"/>
     </row>
     <row r="36" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A36" s="34">
         <v>34</v>
       </c>
       <c r="B36" s="36">
         <v>106</v>
       </c>
       <c r="C36" s="37" t="s">
         <v>210</v>
       </c>
       <c r="D36" s="38" t="s">
         <v>85</v>
       </c>
       <c r="E36" s="44" t="s">
         <v>67</v>
       </c>
       <c r="G36" s="18">
-        <v>78</v>
-[...11 lines deleted...]
-        <v>258</v>
+        <v>84</v>
+      </c>
+      <c r="H36" s="26">
+        <v>196</v>
+      </c>
+      <c r="I36" s="27" t="s">
+        <v>196</v>
+      </c>
+      <c r="J36" s="28" t="s">
+        <v>197</v>
+      </c>
+      <c r="K36" s="29" t="s" ph="1">
+        <v>208</v>
       </c>
       <c r="L36" s="1" ph="1"/>
       <c r="M36" s="1" ph="1"/>
       <c r="N36" s="1" ph="1"/>
     </row>
     <row r="37" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A37" s="34">
         <v>35</v>
       </c>
       <c r="B37" s="19">
         <v>107</v>
       </c>
       <c r="C37" s="20" t="s">
         <v>36</v>
       </c>
       <c r="D37" s="35" t="s">
         <v>93</v>
       </c>
       <c r="E37" s="43" t="s" ph="1">
         <v>68</v>
       </c>
       <c r="G37" s="18">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="H37" s="26">
-        <v>187</v>
+        <v>197</v>
       </c>
       <c r="I37" s="27" t="s">
-        <v>259</v>
+        <v>211</v>
       </c>
       <c r="J37" s="28" t="s">
-        <v>171</v>
+        <v>212</v>
       </c>
       <c r="K37" s="29" t="s" ph="1">
-        <v>169</v>
+        <v>213</v>
       </c>
       <c r="L37" s="1" ph="1"/>
       <c r="M37" s="1" ph="1"/>
       <c r="N37" s="1" ph="1"/>
     </row>
     <row r="38" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A38" s="18">
         <v>36</v>
       </c>
       <c r="B38" s="19">
         <v>108</v>
       </c>
       <c r="C38" s="27" t="s">
         <v>73</v>
       </c>
       <c r="D38" s="39" t="s">
         <v>74</v>
       </c>
       <c r="E38" s="22" t="s" ph="1">
         <v>69</v>
       </c>
       <c r="G38" s="18">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="H38" s="26">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="I38" s="27" t="s">
-        <v>174</v>
+        <v>260</v>
       </c>
       <c r="J38" s="28" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>261</v>
+      </c>
+      <c r="K38" s="22" t="s" ph="1">
+        <v>262</v>
       </c>
       <c r="L38" s="1" ph="1"/>
       <c r="M38" s="1" ph="1"/>
       <c r="N38" s="1" ph="1"/>
     </row>
     <row r="39" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A39" s="34">
         <v>37</v>
       </c>
       <c r="B39" s="26">
         <v>111</v>
       </c>
       <c r="C39" s="32" t="s">
         <v>75</v>
       </c>
       <c r="D39" s="40" t="s">
         <v>76</v>
       </c>
       <c r="E39" s="29" t="s" ph="1">
         <v>70</v>
       </c>
-      <c r="G39" s="18">
-[...12 lines deleted...]
-        <v>179</v>
+      <c r="G39" s="100">
+        <v>87</v>
+      </c>
+      <c r="H39" s="91">
+        <v>199</v>
+      </c>
+      <c r="I39" s="89" t="s">
+        <v>264</v>
+      </c>
+      <c r="J39" s="88" t="s">
+        <v>265</v>
+      </c>
+      <c r="K39" s="50" t="s" ph="1">
+        <v>266</v>
       </c>
       <c r="L39" s="1" ph="1"/>
       <c r="M39" s="1" ph="1"/>
       <c r="N39" s="1" ph="1"/>
     </row>
     <row r="40" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A40" s="34">
         <v>38</v>
       </c>
       <c r="B40" s="19">
         <v>117</v>
       </c>
-      <c r="C40" s="50" t="s">
+      <c r="C40" s="49" t="s">
         <v>172</v>
       </c>
       <c r="D40" s="21" t="s">
         <v>113</v>
       </c>
       <c r="E40" s="22" t="s" ph="1">
         <v>71</v>
       </c>
-      <c r="G40" s="18">
-[...12 lines deleted...]
-        <v>206</v>
+      <c r="G40" s="97">
+        <v>88</v>
+      </c>
+      <c r="H40" s="51">
+        <v>200</v>
+      </c>
+      <c r="I40" s="98" t="s">
+        <v>267</v>
+      </c>
+      <c r="J40" s="88" t="s">
+        <v>268</v>
+      </c>
+      <c r="K40" s="50" t="s">
+        <v>269</v>
       </c>
       <c r="L40" s="1" ph="1"/>
       <c r="M40" s="1" ph="1"/>
       <c r="N40" s="1" ph="1"/>
     </row>
     <row r="41" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A41" s="18">
         <v>39</v>
       </c>
       <c r="B41" s="19">
         <v>119</v>
       </c>
       <c r="C41" s="20" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="21" t="s">
         <v>123</v>
       </c>
       <c r="E41" s="22" t="s" ph="1">
         <v>233</v>
       </c>
-      <c r="G41" s="18">
-[...12 lines deleted...]
-        <v>207</v>
+      <c r="G41" s="97">
+        <v>89</v>
+      </c>
+      <c r="H41" s="51">
+        <v>201</v>
+      </c>
+      <c r="I41" s="49" t="s">
+        <v>270</v>
+      </c>
+      <c r="J41" s="88" t="s">
+        <v>271</v>
+      </c>
+      <c r="K41" s="50" t="s">
+        <v>272</v>
       </c>
       <c r="L41" s="1" ph="1"/>
       <c r="M41" s="1" ph="1"/>
       <c r="N41" s="1" ph="1"/>
     </row>
     <row r="42" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A42" s="34">
         <v>40</v>
       </c>
       <c r="B42" s="19">
         <v>120</v>
       </c>
       <c r="C42" s="20" t="s">
         <v>10</v>
       </c>
       <c r="D42" s="21" t="s">
         <v>11</v>
       </c>
       <c r="E42" s="22" t="s" ph="1">
         <v>72</v>
       </c>
-      <c r="G42" s="18">
-[...12 lines deleted...]
-        <v>208</v>
+      <c r="G42" s="102">
+        <v>90</v>
+      </c>
+      <c r="H42" s="36">
+        <v>202</v>
+      </c>
+      <c r="I42" s="107" t="s">
+        <v>278</v>
+      </c>
+      <c r="J42" s="108" t="s">
+        <v>279</v>
+      </c>
+      <c r="K42" s="44" t="s" ph="1">
+        <v>280</v>
       </c>
       <c r="L42" s="1" ph="1"/>
       <c r="M42" s="1" ph="1"/>
       <c r="N42" s="1" ph="1"/>
     </row>
-    <row r="43" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="43" spans="1:14" ht="18.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A43" s="34">
         <v>41</v>
       </c>
       <c r="B43" s="19">
         <v>126</v>
       </c>
       <c r="C43" s="20" t="s">
         <v>120</v>
       </c>
       <c r="D43" s="21" t="s">
         <v>98</v>
       </c>
       <c r="E43" s="22" t="s" ph="1">
         <v>0</v>
       </c>
-      <c r="G43" s="18">
-[...12 lines deleted...]
-        <v>213</v>
+      <c r="G43" s="109">
+        <v>91</v>
+      </c>
+      <c r="H43" s="110">
+        <v>203</v>
+      </c>
+      <c r="I43" s="111" t="s">
+        <v>281</v>
+      </c>
+      <c r="J43" s="112" t="s">
+        <v>282</v>
+      </c>
+      <c r="K43" s="113" t="s" ph="1">
+        <v>283</v>
       </c>
       <c r="L43" s="1" ph="1"/>
       <c r="M43" s="1" ph="1"/>
       <c r="N43" s="1" ph="1"/>
     </row>
     <row r="44" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A44" s="18">
         <v>42</v>
       </c>
       <c r="B44" s="26">
         <v>128</v>
       </c>
       <c r="C44" s="32" t="s">
         <v>16</v>
       </c>
       <c r="D44" s="41" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="29" t="s" ph="1">
         <v>1</v>
       </c>
-      <c r="G44" s="18">
-[...13 lines deleted...]
-      </c>
+      <c r="G44" s="114"/>
+      <c r="H44" s="114"/>
+      <c r="I44" s="115"/>
+      <c r="J44" s="115"/>
+      <c r="K44" s="116" ph="1"/>
       <c r="L44" s="1" ph="1"/>
       <c r="M44" s="1" ph="1"/>
       <c r="N44" s="1" ph="1"/>
     </row>
     <row r="45" spans="1:14" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A45" s="18">
         <v>43</v>
       </c>
       <c r="B45" s="19">
         <v>129</v>
       </c>
-      <c r="C45" s="50" t="s">
+      <c r="C45" s="49" t="s">
         <v>15</v>
       </c>
-      <c r="D45" s="96" t="s">
+      <c r="D45" s="93" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="22" t="s" ph="1">
         <v>2</v>
       </c>
-      <c r="F45" s="95"/>
-[...14 lines deleted...]
-      </c>
+      <c r="F45" s="114"/>
+      <c r="G45" s="117"/>
+      <c r="H45" s="117"/>
+      <c r="I45" s="117"/>
+      <c r="J45" s="117"/>
+      <c r="K45" s="96" ph="1"/>
       <c r="L45" s="1" ph="1"/>
       <c r="M45" s="1" ph="1"/>
       <c r="N45" s="1" ph="1"/>
     </row>
-    <row r="46" spans="1:14" s="56" customFormat="1" ht="18.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A46" s="92">
+    <row r="46" spans="1:14" s="55" customFormat="1" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A46" s="97">
         <v>44</v>
       </c>
-      <c r="B46" s="94">
+      <c r="B46" s="51">
         <v>133</v>
       </c>
-      <c r="C46" s="55" t="s">
+      <c r="C46" s="49" t="s">
         <v>3</v>
       </c>
-      <c r="D46" s="97" t="s">
+      <c r="D46" s="53" t="s">
         <v>234</v>
       </c>
-      <c r="E46" s="98" t="s">
+      <c r="E46" s="50" t="s">
         <v>127</v>
       </c>
-      <c r="F46" s="91"/>
-      <c r="G46" s="104">
+      <c r="F46" s="95"/>
+      <c r="G46" s="95"/>
+      <c r="H46" s="95"/>
+      <c r="I46" s="95"/>
+      <c r="J46" s="117"/>
+      <c r="K46" s="96"/>
+    </row>
+    <row r="47" spans="1:14" s="55" customFormat="1" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A47" s="102">
+        <v>45</v>
+      </c>
+      <c r="B47" s="103">
+        <v>134</v>
+      </c>
+      <c r="C47" s="104" t="s">
+        <v>111</v>
+      </c>
+      <c r="D47" s="105" t="s">
+        <v>9</v>
+      </c>
+      <c r="E47" s="106" t="s" ph="1">
+        <v>87</v>
+      </c>
+      <c r="F47" s="95"/>
+      <c r="G47" s="95"/>
+      <c r="H47" s="95"/>
+      <c r="I47" s="95"/>
+      <c r="J47" s="117"/>
+      <c r="K47" s="96"/>
+    </row>
+    <row r="48" spans="1:14" ht="21" x14ac:dyDescent="0.15">
+      <c r="A48" s="18">
+        <v>46</v>
+      </c>
+      <c r="B48" s="26">
+        <v>135</v>
+      </c>
+      <c r="C48" s="27" t="s">
+        <v>180</v>
+      </c>
+      <c r="D48" s="28" t="s">
+        <v>112</v>
+      </c>
+      <c r="E48" s="29" t="s" ph="1">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="49" spans="1:14" ht="21" x14ac:dyDescent="0.15">
+      <c r="A49" s="18">
+        <v>47</v>
+      </c>
+      <c r="B49" s="19">
+        <v>139</v>
+      </c>
+      <c r="C49" s="24" t="s">
         <v>88</v>
       </c>
-      <c r="H46" s="52">
-[...19 lines deleted...]
-      <c r="G47" s="103">
+      <c r="D49" s="25" t="s">
+        <v>99</v>
+      </c>
+      <c r="E49" s="22" t="s" ph="1">
         <v>89</v>
       </c>
-      <c r="H47" s="105">
-[...13 lines deleted...]
-      <c r="C50" s="49"/>
+    </row>
+    <row r="50" spans="1:14" ht="21" x14ac:dyDescent="0.15">
+      <c r="A50" s="18">
+        <v>48</v>
+      </c>
+      <c r="B50" s="19">
+        <v>141</v>
+      </c>
+      <c r="C50" s="24" t="s">
+        <v>90</v>
+      </c>
+      <c r="D50" s="25" t="s">
+        <v>91</v>
+      </c>
+      <c r="E50" s="22" t="s" ph="1">
+        <v>182</v>
+      </c>
       <c r="K50" s="2" ph="1"/>
       <c r="L50" s="1" ph="1"/>
       <c r="M50" s="1" ph="1"/>
       <c r="N50" s="1" ph="1"/>
     </row>
-    <row r="51" spans="3:14" ht="21" x14ac:dyDescent="0.15">
+    <row r="51" spans="1:14" ht="21" x14ac:dyDescent="0.15">
+      <c r="A51" s="18">
+        <v>49</v>
+      </c>
+      <c r="B51" s="26">
+        <v>144</v>
+      </c>
+      <c r="C51" s="27" t="s">
+        <v>92</v>
+      </c>
+      <c r="D51" s="28" t="s">
+        <v>100</v>
+      </c>
+      <c r="E51" s="29" t="s" ph="1">
+        <v>183</v>
+      </c>
       <c r="K51" s="2" ph="1"/>
       <c r="L51" s="1" ph="1"/>
       <c r="M51" s="1" ph="1"/>
       <c r="N51" s="1" ph="1"/>
     </row>
-    <row r="57" spans="3:14" ht="21" x14ac:dyDescent="0.15">
+    <row r="52" spans="1:14" ht="21.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="109">
+        <v>50</v>
+      </c>
+      <c r="B52" s="110">
+        <v>145</v>
+      </c>
+      <c r="C52" s="111" t="s">
+        <v>94</v>
+      </c>
+      <c r="D52" s="112" t="s">
+        <v>95</v>
+      </c>
+      <c r="E52" s="113" t="s" ph="1">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="57" spans="1:14" ht="21" x14ac:dyDescent="0.15">
       <c r="K57" s="2" ph="1"/>
       <c r="L57" s="1" ph="1"/>
       <c r="M57" s="1" ph="1"/>
       <c r="N57" s="1" ph="1"/>
     </row>
-    <row r="58" spans="3:14" ht="21" x14ac:dyDescent="0.15">
+    <row r="58" spans="1:14" ht="21" x14ac:dyDescent="0.15">
       <c r="K58" s="2" ph="1"/>
       <c r="L58" s="1" ph="1"/>
       <c r="M58" s="1" ph="1"/>
       <c r="N58" s="1" ph="1"/>
     </row>
-    <row r="60" spans="3:14" ht="21" x14ac:dyDescent="0.15">
+    <row r="60" spans="1:14" ht="21" x14ac:dyDescent="0.15">
       <c r="K60" s="2" ph="1"/>
       <c r="L60" s="1" ph="1"/>
       <c r="M60" s="1" ph="1"/>
       <c r="N60" s="1" ph="1"/>
     </row>
-    <row r="61" spans="3:14" ht="21" x14ac:dyDescent="0.15">
+    <row r="61" spans="1:14" ht="21" x14ac:dyDescent="0.15">
       <c r="K61" s="2" ph="1"/>
       <c r="L61" s="1" ph="1"/>
       <c r="M61" s="1" ph="1"/>
       <c r="N61" s="1" ph="1"/>
     </row>
-    <row r="63" spans="3:14" ht="21" x14ac:dyDescent="0.15">
+    <row r="63" spans="1:14" ht="21" x14ac:dyDescent="0.15">
       <c r="K63" s="2" ph="1"/>
     </row>
-    <row r="64" spans="3:14" ht="21" x14ac:dyDescent="0.15">
+    <row r="64" spans="1:14" ht="21" x14ac:dyDescent="0.15">
       <c r="K64" s="2" ph="1"/>
     </row>
     <row r="65" spans="11:14" ht="21" x14ac:dyDescent="0.15">
       <c r="K65" s="2" ph="1"/>
       <c r="L65" s="1" ph="1"/>
       <c r="M65" s="1" ph="1"/>
       <c r="N65" s="1" ph="1"/>
     </row>
     <row r="66" spans="11:14" ht="21" x14ac:dyDescent="0.15">
       <c r="K66" s="2" ph="1"/>
       <c r="L66" s="1" ph="1"/>
       <c r="M66" s="1" ph="1"/>
       <c r="N66" s="1" ph="1"/>
     </row>
     <row r="68" spans="11:14" ht="21" x14ac:dyDescent="0.15">
       <c r="K68" s="2" ph="1"/>
       <c r="L68" s="1" ph="1"/>
       <c r="M68" s="1" ph="1"/>
       <c r="N68" s="1" ph="1"/>
     </row>
     <row r="69" spans="11:14" ht="21" x14ac:dyDescent="0.15">
       <c r="K69" s="2" ph="1"/>
       <c r="L69" s="1" ph="1"/>
       <c r="M69" s="1" ph="1"/>
       <c r="N69" s="1" ph="1"/>
     </row>
     <row r="71" spans="11:14" ht="21" x14ac:dyDescent="0.15">
       <c r="K71" s="2" ph="1"/>
     </row>
     <row r="72" spans="11:14" ht="21" x14ac:dyDescent="0.15">
       <c r="K72" s="2" ph="1"/>
     </row>
     <row r="73" spans="11:14" ht="21" x14ac:dyDescent="0.15">
       <c r="K73" s="2" ph="1"/>
       <c r="L73" s="1" ph="1"/>
       <c r="M73" s="1" ph="1"/>
       <c r="N73" s="1" ph="1"/>
     </row>
   </sheetData>
   <phoneticPr fontId="2"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.19685039370078741" bottom="0" header="0.19685039370078741" footer="0.19685039370078741"/>
-  <pageSetup paperSize="9" scale="63" fitToWidth="0" orientation="landscape" blackAndWhite="1" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="61" fitToWidth="0" orientation="landscape" blackAndWhite="1" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L109"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="D16" sqref="D16"/>
+    <sheetView view="pageBreakPreview" zoomScale="70" zoomScaleNormal="100" zoomScaleSheetLayoutView="70" workbookViewId="0">
+      <selection activeCell="M26" sqref="M26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="7.5" style="1" customWidth="1"/>
     <col min="2" max="2" width="7.5" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="27.625" style="1" customWidth="1"/>
     <col min="4" max="4" width="34.125" style="1" customWidth="1"/>
-    <col min="5" max="5" width="14.75" style="2" customWidth="1"/>
+    <col min="5" max="5" width="16.625" style="2" customWidth="1"/>
     <col min="6" max="16384" width="8.875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="21.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="48" t="s">
         <v>170</v>
       </c>
       <c r="E1" s="45" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
     </row>
     <row r="2" spans="1:12" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A2" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E2" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:12" ht="16.149999999999999" customHeight="1" thickTop="1" x14ac:dyDescent="0.15">
-      <c r="A3" s="60">
+      <c r="A3" s="59">
         <v>1</v>
       </c>
-      <c r="B3" s="61">
+      <c r="B3" s="60">
         <v>4</v>
       </c>
-      <c r="C3" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="63" t="s">
+      <c r="C3" s="61" t="s">
+        <v>276</v>
+      </c>
+      <c r="D3" s="62" t="s">
         <v>21</v>
       </c>
-      <c r="E3" s="64" t="s">
+      <c r="E3" s="63" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A4" s="65">
+      <c r="A4" s="64">
         <v>2</v>
       </c>
-      <c r="B4" s="66">
+      <c r="B4" s="65">
         <v>7</v>
       </c>
-      <c r="C4" s="67" t="s">
+      <c r="C4" s="66" t="s">
         <v>78</v>
       </c>
-      <c r="D4" s="68" t="s">
+      <c r="D4" s="67" t="s">
         <v>37</v>
       </c>
-      <c r="E4" s="69" t="s">
+      <c r="E4" s="68" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A5" s="65">
+      <c r="A5" s="64">
         <v>3</v>
       </c>
-      <c r="B5" s="66">
+      <c r="B5" s="65">
         <v>10</v>
       </c>
-      <c r="C5" s="67" t="s">
+      <c r="C5" s="66" t="s">
         <v>79</v>
       </c>
-      <c r="D5" s="68" t="s">
+      <c r="D5" s="67" t="s">
         <v>214</v>
       </c>
-      <c r="E5" s="69" t="s">
+      <c r="E5" s="68" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A6" s="65">
+      <c r="A6" s="64">
         <v>4</v>
       </c>
-      <c r="B6" s="66">
+      <c r="B6" s="65">
         <v>11</v>
       </c>
-      <c r="C6" s="67" t="s">
+      <c r="C6" s="66" t="s">
         <v>80</v>
       </c>
-      <c r="D6" s="68" t="s">
+      <c r="D6" s="67" t="s">
         <v>86</v>
       </c>
-      <c r="E6" s="69" t="s">
+      <c r="E6" s="68" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A7" s="65">
+      <c r="A7" s="64">
         <v>5</v>
       </c>
-      <c r="B7" s="66">
+      <c r="B7" s="65">
         <v>13</v>
       </c>
-      <c r="C7" s="67" t="s">
+      <c r="C7" s="66" t="s">
         <v>81</v>
       </c>
-      <c r="D7" s="68" t="s">
+      <c r="D7" s="67" t="s">
         <v>117</v>
       </c>
-      <c r="E7" s="69" t="s">
+      <c r="E7" s="68" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A8" s="65">
+      <c r="A8" s="64">
         <v>6</v>
       </c>
-      <c r="B8" s="66">
+      <c r="B8" s="65">
         <v>16</v>
       </c>
-      <c r="C8" s="67" t="s">
+      <c r="C8" s="66" t="s">
         <v>82</v>
       </c>
-      <c r="D8" s="68" t="s">
+      <c r="D8" s="67" t="s">
         <v>27</v>
       </c>
-      <c r="E8" s="69" t="s">
+      <c r="E8" s="68" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A9" s="65">
+      <c r="A9" s="64">
         <v>7</v>
       </c>
-      <c r="B9" s="66">
+      <c r="B9" s="65">
         <v>18</v>
       </c>
-      <c r="C9" s="67" t="s">
+      <c r="C9" s="66" t="s">
         <v>58</v>
       </c>
-      <c r="D9" s="68" t="s">
+      <c r="D9" s="67" t="s">
         <v>29</v>
       </c>
-      <c r="E9" s="69" t="s">
+      <c r="E9" s="68" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A10" s="65">
+      <c r="A10" s="64">
         <v>8</v>
       </c>
-      <c r="B10" s="66">
+      <c r="B10" s="65">
         <v>19</v>
       </c>
-      <c r="C10" s="67" t="s">
+      <c r="C10" s="66" t="s">
         <v>106</v>
       </c>
-      <c r="D10" s="68" t="s">
+      <c r="D10" s="67" t="s">
         <v>198</v>
       </c>
-      <c r="E10" s="69" t="s">
+      <c r="E10" s="68" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A11" s="65">
+      <c r="A11" s="64">
         <v>9</v>
       </c>
-      <c r="B11" s="66">
+      <c r="B11" s="65">
         <v>21</v>
       </c>
-      <c r="C11" s="67" t="s">
+      <c r="C11" s="66" t="s">
         <v>215</v>
       </c>
-      <c r="D11" s="68" t="s">
+      <c r="D11" s="67" t="s">
         <v>115</v>
       </c>
-      <c r="E11" s="69" t="s">
+      <c r="E11" s="68" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="12" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A12" s="65">
+      <c r="A12" s="64">
         <v>10</v>
       </c>
-      <c r="B12" s="66">
+      <c r="B12" s="65">
         <v>24</v>
       </c>
-      <c r="C12" s="67" t="s">
+      <c r="C12" s="66" t="s">
         <v>83</v>
       </c>
-      <c r="D12" s="68" t="s">
+      <c r="D12" s="67" t="s">
         <v>32</v>
       </c>
-      <c r="E12" s="69" t="s">
+      <c r="E12" s="68" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A13" s="65">
+      <c r="A13" s="64">
         <v>11</v>
       </c>
-      <c r="B13" s="66">
+      <c r="B13" s="65">
         <v>28</v>
       </c>
-      <c r="C13" s="67" t="s">
+      <c r="C13" s="66" t="s">
         <v>217</v>
       </c>
-      <c r="D13" s="68" t="s">
+      <c r="D13" s="67" t="s">
         <v>84</v>
       </c>
-      <c r="E13" s="69" t="s">
+      <c r="E13" s="68" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A14" s="65">
+      <c r="A14" s="64">
         <v>12</v>
       </c>
-      <c r="B14" s="66">
+      <c r="B14" s="65">
         <v>30</v>
       </c>
-      <c r="C14" s="67" t="s">
+      <c r="C14" s="66" t="s">
         <v>218</v>
       </c>
-      <c r="D14" s="68" t="s">
+      <c r="D14" s="67" t="s">
         <v>35</v>
       </c>
-      <c r="E14" s="69" t="s">
+      <c r="E14" s="68" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="15" spans="1:12" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A15" s="65">
+    <row r="15" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A15" s="64">
         <v>13</v>
       </c>
-      <c r="B15" s="66">
+      <c r="B15" s="65">
         <v>31</v>
       </c>
-      <c r="C15" s="67" t="s">
+      <c r="C15" s="66" t="s">
         <v>219</v>
       </c>
-      <c r="D15" s="68" t="s">
+      <c r="D15" s="67" t="s">
         <v>122</v>
       </c>
-      <c r="E15" s="69" t="s">
+      <c r="E15" s="68" t="s">
         <v>39</v>
       </c>
-      <c r="L15" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A16" s="65">
+      <c r="L15" s="1" ph="1"/>
+    </row>
+    <row r="16" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A16" s="64">
         <v>14</v>
       </c>
-      <c r="B16" s="66">
+      <c r="B16" s="65">
         <v>32</v>
       </c>
-      <c r="C16" s="67" t="s">
+      <c r="C16" s="66" t="s">
         <v>220</v>
       </c>
-      <c r="D16" s="68" t="s">
+      <c r="D16" s="67" t="s">
         <v>199</v>
       </c>
-      <c r="E16" s="69" t="s">
+      <c r="E16" s="68" t="s">
         <v>40</v>
       </c>
-      <c r="L16" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A17" s="65">
+      <c r="L16" s="1" ph="1"/>
+    </row>
+    <row r="17" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A17" s="64">
         <v>15</v>
       </c>
-      <c r="B17" s="66">
+      <c r="B17" s="65">
         <v>33</v>
       </c>
-      <c r="C17" s="67" t="s">
+      <c r="C17" s="66" t="s">
         <v>12</v>
       </c>
-      <c r="D17" s="68" t="s">
+      <c r="D17" s="67" t="s">
         <v>65</v>
       </c>
-      <c r="E17" s="69" t="s">
+      <c r="E17" s="68" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="18" spans="1:12" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A18" s="65">
+    <row r="18" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A18" s="64">
         <v>16</v>
       </c>
-      <c r="B18" s="66">
+      <c r="B18" s="65">
         <v>35</v>
       </c>
-      <c r="C18" s="67" t="s">
+      <c r="C18" s="66" t="s">
         <v>221</v>
       </c>
-      <c r="D18" s="68" t="s">
+      <c r="D18" s="67" t="s">
         <v>42</v>
       </c>
-      <c r="E18" s="69" t="s">
+      <c r="E18" s="68" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="19" spans="1:12" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A19" s="65">
+    <row r="19" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A19" s="64">
         <v>17</v>
       </c>
-      <c r="B19" s="66">
+      <c r="B19" s="65">
         <v>41</v>
       </c>
-      <c r="C19" s="67" t="s">
+      <c r="C19" s="66" t="s">
         <v>96</v>
       </c>
-      <c r="D19" s="68" t="s">
+      <c r="D19" s="67" t="s">
         <v>97</v>
       </c>
-      <c r="E19" s="69" t="s">
+      <c r="E19" s="68" t="s">
         <v>222</v>
       </c>
-      <c r="L19" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A20" s="65">
+      <c r="L19" s="1" ph="1"/>
+    </row>
+    <row r="20" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A20" s="64">
         <v>18</v>
       </c>
-      <c r="B20" s="66">
+      <c r="B20" s="65">
         <v>45</v>
       </c>
-      <c r="C20" s="67" t="s">
+      <c r="C20" s="66" t="s">
         <v>223</v>
       </c>
-      <c r="D20" s="68" t="s">
+      <c r="D20" s="67" t="s">
         <v>44</v>
       </c>
-      <c r="E20" s="69" t="s">
+      <c r="E20" s="68" t="s">
         <v>45</v>
       </c>
-      <c r="L20" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A21" s="65">
+      <c r="L20" s="1" ph="1"/>
+    </row>
+    <row r="21" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A21" s="64">
         <v>19</v>
       </c>
-      <c r="B21" s="66">
+      <c r="B21" s="65">
         <v>49</v>
       </c>
-      <c r="C21" s="67" t="s">
+      <c r="C21" s="66" t="s">
         <v>7</v>
       </c>
-      <c r="D21" s="68" t="s">
+      <c r="D21" s="67" t="s">
         <v>46</v>
       </c>
-      <c r="E21" s="69" t="s">
+      <c r="E21" s="68" t="s">
         <v>47</v>
       </c>
-      <c r="L21" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A22" s="65">
+      <c r="L21" s="1" ph="1"/>
+    </row>
+    <row r="22" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A22" s="64">
         <v>20</v>
       </c>
-      <c r="B22" s="66">
+      <c r="B22" s="65">
         <v>51</v>
       </c>
-      <c r="C22" s="67" t="s">
+      <c r="C22" s="66" t="s">
         <v>224</v>
       </c>
-      <c r="D22" s="68" t="s">
+      <c r="D22" s="67" t="s">
         <v>48</v>
       </c>
-      <c r="E22" s="69" t="s">
+      <c r="E22" s="68" t="s">
         <v>49</v>
       </c>
-      <c r="L22" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A23" s="65">
+      <c r="L22" s="1" ph="1"/>
+    </row>
+    <row r="23" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A23" s="64">
         <v>21</v>
       </c>
-      <c r="B23" s="66">
+      <c r="B23" s="65">
         <v>52</v>
       </c>
-      <c r="C23" s="67" t="s">
+      <c r="C23" s="66" t="s">
         <v>225</v>
       </c>
-      <c r="D23" s="68" t="s">
+      <c r="D23" s="67" t="s">
         <v>50</v>
       </c>
-      <c r="E23" s="69" t="s">
+      <c r="E23" s="68" t="s">
         <v>51</v>
       </c>
-      <c r="L23" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A24" s="65">
+      <c r="L23" s="1" ph="1"/>
+    </row>
+    <row r="24" spans="1:12" s="54" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A24" s="64">
         <v>22</v>
       </c>
-      <c r="B24" s="66">
+      <c r="B24" s="65">
         <v>56</v>
       </c>
-      <c r="C24" s="67" t="s">
+      <c r="C24" s="66" t="s">
         <v>126</v>
       </c>
-      <c r="D24" s="68" t="s">
+      <c r="D24" s="67" t="s">
         <v>52</v>
       </c>
-      <c r="E24" s="69" t="s">
+      <c r="E24" s="68" t="s">
         <v>53</v>
       </c>
-      <c r="L24" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A25" s="65">
+      <c r="L24" s="54" ph="1"/>
+    </row>
+    <row r="25" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A25" s="64">
         <v>23</v>
       </c>
-      <c r="B25" s="66">
+      <c r="B25" s="65">
         <v>60</v>
       </c>
-      <c r="C25" s="67" t="s">
+      <c r="C25" s="66" t="s">
         <v>226</v>
       </c>
-      <c r="D25" s="68" t="s">
+      <c r="D25" s="67" t="s">
         <v>54</v>
       </c>
-      <c r="E25" s="69" t="s">
+      <c r="E25" s="68" t="s">
         <v>55</v>
       </c>
-      <c r="L25" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A26" s="65">
+      <c r="L25" s="1" ph="1"/>
+    </row>
+    <row r="26" spans="1:12" s="54" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A26" s="64">
         <v>24</v>
       </c>
-      <c r="B26" s="66">
+      <c r="B26" s="65">
         <v>63</v>
       </c>
-      <c r="C26" s="67" t="s">
+      <c r="C26" s="66" t="s">
         <v>209</v>
       </c>
-      <c r="D26" s="68" t="s">
+      <c r="D26" s="67" t="s">
         <v>116</v>
       </c>
-      <c r="E26" s="69" t="s">
+      <c r="E26" s="68" t="s">
         <v>227</v>
       </c>
-      <c r="L26" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A27" s="65">
+      <c r="L26" s="54" ph="1"/>
+    </row>
+    <row r="27" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A27" s="64">
         <v>25</v>
       </c>
-      <c r="B27" s="66">
+      <c r="B27" s="65">
         <v>68</v>
       </c>
-      <c r="C27" s="67" t="s">
+      <c r="C27" s="66" t="s">
         <v>119</v>
       </c>
-      <c r="D27" s="68" t="s">
+      <c r="D27" s="67" t="s">
         <v>118</v>
       </c>
-      <c r="E27" s="69" t="s">
+      <c r="E27" s="68" t="s">
         <v>56</v>
       </c>
-      <c r="L27" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A28" s="65">
+      <c r="L27" s="1" ph="1"/>
+    </row>
+    <row r="28" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A28" s="64">
         <v>26</v>
       </c>
-      <c r="B28" s="66">
+      <c r="B28" s="65">
         <v>70</v>
       </c>
-      <c r="C28" s="67" t="s">
+      <c r="C28" s="66" t="s">
         <v>228</v>
       </c>
-      <c r="D28" s="68" t="s">
+      <c r="D28" s="67" t="s">
         <v>57</v>
       </c>
-      <c r="E28" s="69" t="s">
+      <c r="E28" s="68" t="s">
         <v>59</v>
       </c>
-      <c r="L28" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A29" s="65">
+      <c r="L28" s="1" ph="1"/>
+    </row>
+    <row r="29" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A29" s="64">
         <v>27</v>
       </c>
-      <c r="B29" s="66">
+      <c r="B29" s="65">
         <v>74</v>
       </c>
-      <c r="C29" s="67" t="s">
+      <c r="C29" s="66" t="s">
         <v>229</v>
       </c>
-      <c r="D29" s="68" t="s">
+      <c r="D29" s="67" t="s">
         <v>60</v>
       </c>
-      <c r="E29" s="69" t="s">
+      <c r="E29" s="68" t="s">
         <v>61</v>
       </c>
-      <c r="L29" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A30" s="65">
+      <c r="L29" s="1" ph="1"/>
+    </row>
+    <row r="30" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A30" s="64">
         <v>28</v>
       </c>
-      <c r="B30" s="66">
+      <c r="B30" s="65">
         <v>76</v>
       </c>
-      <c r="C30" s="67" t="s">
+      <c r="C30" s="66" t="s">
         <v>230</v>
       </c>
-      <c r="D30" s="68" t="s">
+      <c r="D30" s="67" t="s">
         <v>62</v>
       </c>
-      <c r="E30" s="69" t="s">
+      <c r="E30" s="68" t="s">
         <v>63</v>
       </c>
-      <c r="L30" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A31" s="65">
+      <c r="L30" s="1" ph="1"/>
+    </row>
+    <row r="31" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A31" s="64">
         <v>29</v>
       </c>
-      <c r="B31" s="66">
+      <c r="B31" s="65">
         <v>77</v>
       </c>
-      <c r="C31" s="67" t="s">
+      <c r="C31" s="66" t="s">
         <v>128</v>
       </c>
-      <c r="D31" s="68" t="s">
+      <c r="D31" s="67" t="s">
         <v>231</v>
       </c>
-      <c r="E31" s="69" t="s">
+      <c r="E31" s="68" t="s">
         <v>64</v>
       </c>
-      <c r="L31" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A32" s="65">
+      <c r="L31" s="1" ph="1"/>
+    </row>
+    <row r="32" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A32" s="64">
         <v>30</v>
       </c>
-      <c r="B32" s="70">
+      <c r="B32" s="69">
         <v>82</v>
       </c>
-      <c r="C32" s="71" t="s">
+      <c r="C32" s="70" t="s">
         <v>129</v>
       </c>
-      <c r="D32" s="72" t="s">
+      <c r="D32" s="71" t="s">
         <v>130</v>
       </c>
-      <c r="E32" s="73" t="s">
+      <c r="E32" s="72" t="s">
         <v>4</v>
       </c>
-      <c r="L32" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A33" s="65">
+      <c r="L32" s="1" ph="1"/>
+    </row>
+    <row r="33" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A33" s="64">
         <v>31</v>
       </c>
-      <c r="B33" s="70">
+      <c r="B33" s="69">
         <v>86</v>
       </c>
-      <c r="C33" s="71" t="s">
+      <c r="C33" s="70" t="s">
         <v>131</v>
       </c>
-      <c r="D33" s="72" t="s">
+      <c r="D33" s="71" t="s">
         <v>5</v>
       </c>
-      <c r="E33" s="73" t="s">
+      <c r="E33" s="72" t="s">
         <v>6</v>
       </c>
-      <c r="L33" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A34" s="65">
+      <c r="L33" s="1" ph="1"/>
+    </row>
+    <row r="34" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A34" s="64">
         <v>32</v>
       </c>
-      <c r="B34" s="70">
+      <c r="B34" s="69">
         <v>102</v>
       </c>
-      <c r="C34" s="71" t="s">
+      <c r="C34" s="70" t="s">
         <v>154</v>
       </c>
-      <c r="D34" s="74" t="s">
+      <c r="D34" s="73" t="s">
         <v>155</v>
       </c>
-      <c r="E34" s="73" t="s">
+      <c r="E34" s="72" t="s">
         <v>156</v>
       </c>
-      <c r="L34" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A35" s="65">
+      <c r="L34" s="1" ph="1"/>
+    </row>
+    <row r="35" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A35" s="64">
         <v>33</v>
       </c>
-      <c r="B35" s="70">
+      <c r="B35" s="69">
         <v>103</v>
       </c>
-      <c r="C35" s="71" t="s">
+      <c r="C35" s="70" t="s">
         <v>132</v>
       </c>
-      <c r="D35" s="72" t="s">
+      <c r="D35" s="71" t="s">
         <v>232</v>
       </c>
-      <c r="E35" s="73" t="s">
+      <c r="E35" s="72" t="s">
         <v>66</v>
       </c>
-      <c r="L35" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A36" s="75">
+      <c r="L35" s="1" ph="1"/>
+    </row>
+    <row r="36" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A36" s="74">
         <v>34</v>
       </c>
-      <c r="B36" s="70">
+      <c r="B36" s="69">
         <v>106</v>
       </c>
-      <c r="C36" s="71" t="s">
+      <c r="C36" s="70" t="s">
         <v>210</v>
       </c>
-      <c r="D36" s="72" t="s">
+      <c r="D36" s="71" t="s">
         <v>85</v>
       </c>
-      <c r="E36" s="73" t="s">
+      <c r="E36" s="72" t="s">
         <v>67</v>
       </c>
-      <c r="L36" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A37" s="75">
+      <c r="L36" s="1" ph="1"/>
+    </row>
+    <row r="37" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A37" s="74">
         <v>35</v>
       </c>
-      <c r="B37" s="70">
+      <c r="B37" s="69">
         <v>107</v>
       </c>
-      <c r="C37" s="67" t="s">
+      <c r="C37" s="66" t="s">
         <v>36</v>
       </c>
-      <c r="D37" s="68" t="s">
+      <c r="D37" s="67" t="s">
         <v>93</v>
       </c>
-      <c r="E37" s="69" t="s" ph="1">
+      <c r="E37" s="68" t="s" ph="1">
         <v>68</v>
       </c>
-      <c r="L37" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A38" s="65">
+      <c r="L37" s="1" ph="1"/>
+    </row>
+    <row r="38" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A38" s="64">
         <v>36</v>
       </c>
-      <c r="B38" s="66">
+      <c r="B38" s="65">
         <v>108</v>
       </c>
-      <c r="C38" s="67" t="s">
+      <c r="C38" s="66" t="s">
         <v>73</v>
       </c>
-      <c r="D38" s="68" t="s">
+      <c r="D38" s="67" t="s">
         <v>74</v>
       </c>
-      <c r="E38" s="69" t="s">
+      <c r="E38" s="68" t="s">
         <v>69</v>
       </c>
-      <c r="L38" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A39" s="75">
+      <c r="L38" s="1" ph="1"/>
+    </row>
+    <row r="39" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A39" s="74">
         <v>37</v>
       </c>
-      <c r="B39" s="76">
+      <c r="B39" s="75">
         <v>111</v>
       </c>
-      <c r="C39" s="77" t="s">
+      <c r="C39" s="76" t="s">
         <v>75</v>
       </c>
-      <c r="D39" s="78" t="s">
+      <c r="D39" s="77" t="s">
         <v>76</v>
       </c>
-      <c r="E39" s="79" t="s">
+      <c r="E39" s="78" t="s">
         <v>70</v>
       </c>
-      <c r="L39" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A40" s="75">
+      <c r="L39" s="1" ph="1"/>
+    </row>
+    <row r="40" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A40" s="74">
         <v>38</v>
       </c>
-      <c r="B40" s="66">
+      <c r="B40" s="65">
         <v>117</v>
       </c>
-      <c r="C40" s="67" t="s">
+      <c r="C40" s="66" t="s">
         <v>172</v>
       </c>
-      <c r="D40" s="68" t="s">
+      <c r="D40" s="67" t="s">
         <v>113</v>
       </c>
-      <c r="E40" s="69" t="s" ph="1">
+      <c r="E40" s="68" t="s" ph="1">
         <v>71</v>
       </c>
-      <c r="L40" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A41" s="65">
+      <c r="L40" s="1" ph="1"/>
+    </row>
+    <row r="41" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A41" s="64">
         <v>39</v>
       </c>
-      <c r="B41" s="66">
+      <c r="B41" s="65">
         <v>119</v>
       </c>
-      <c r="C41" s="80" t="s">
+      <c r="C41" s="79" t="s">
         <v>8</v>
       </c>
-      <c r="D41" s="74" t="s">
+      <c r="D41" s="73" t="s">
         <v>123</v>
       </c>
-      <c r="E41" s="69" t="s" ph="1">
+      <c r="E41" s="68" t="s" ph="1">
         <v>233</v>
       </c>
-      <c r="L41" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A42" s="75">
+      <c r="L41" s="1" ph="1"/>
+    </row>
+    <row r="42" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A42" s="74">
         <v>40</v>
       </c>
-      <c r="B42" s="70">
+      <c r="B42" s="69">
         <v>120</v>
       </c>
-      <c r="C42" s="71" t="s">
+      <c r="C42" s="70" t="s">
         <v>10</v>
       </c>
-      <c r="D42" s="81" t="s">
+      <c r="D42" s="80" t="s">
         <v>11</v>
       </c>
-      <c r="E42" s="73" t="s" ph="1">
+      <c r="E42" s="72" t="s" ph="1">
         <v>72</v>
       </c>
-      <c r="L42" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A43" s="75">
+      <c r="L42" s="1" ph="1"/>
+    </row>
+    <row r="43" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A43" s="74">
         <v>41</v>
       </c>
-      <c r="B43" s="66">
+      <c r="B43" s="65">
         <v>126</v>
       </c>
-      <c r="C43" s="67" t="s">
+      <c r="C43" s="66" t="s">
         <v>120</v>
       </c>
-      <c r="D43" s="82" t="s">
+      <c r="D43" s="81" t="s">
         <v>98</v>
       </c>
-      <c r="E43" s="69" t="s" ph="1">
+      <c r="E43" s="68" t="s" ph="1">
         <v>0</v>
       </c>
-      <c r="L43" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A44" s="65">
+      <c r="L43" s="1" ph="1"/>
+    </row>
+    <row r="44" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A44" s="64">
         <v>42</v>
       </c>
-      <c r="B44" s="66">
+      <c r="B44" s="65">
         <v>128</v>
       </c>
-      <c r="C44" s="67" t="s">
+      <c r="C44" s="66" t="s">
         <v>16</v>
       </c>
-      <c r="D44" s="82" t="s">
+      <c r="D44" s="81" t="s">
         <v>13</v>
       </c>
-      <c r="E44" s="69" t="s" ph="1">
+      <c r="E44" s="68" t="s" ph="1">
         <v>1</v>
       </c>
-      <c r="L44" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A45" s="65">
+      <c r="L44" s="1" ph="1"/>
+    </row>
+    <row r="45" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A45" s="64">
         <v>43</v>
       </c>
-      <c r="B45" s="66">
+      <c r="B45" s="65">
         <v>129</v>
       </c>
-      <c r="C45" s="67" t="s">
+      <c r="C45" s="66" t="s">
         <v>15</v>
       </c>
-      <c r="D45" s="82" t="s">
+      <c r="D45" s="81" t="s">
         <v>14</v>
       </c>
-      <c r="E45" s="69" t="s" ph="1">
+      <c r="E45" s="68" t="s" ph="1">
         <v>2</v>
       </c>
-      <c r="L45" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A46" s="65">
+      <c r="L45" s="1" ph="1"/>
+    </row>
+    <row r="46" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A46" s="64">
         <v>44</v>
       </c>
-      <c r="B46" s="66">
+      <c r="B46" s="65">
         <v>133</v>
       </c>
-      <c r="C46" s="67" t="s">
+      <c r="C46" s="66" t="s">
         <v>3</v>
       </c>
-      <c r="D46" s="82" t="s">
+      <c r="D46" s="81" t="s">
         <v>234</v>
       </c>
-      <c r="E46" s="69" t="s" ph="1">
+      <c r="E46" s="68" t="s" ph="1">
         <v>127</v>
       </c>
-      <c r="L46" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A47" s="65">
+      <c r="L46" s="1" ph="1"/>
+    </row>
+    <row r="47" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A47" s="64">
         <v>45</v>
       </c>
-      <c r="B47" s="66">
+      <c r="B47" s="65">
         <v>134</v>
       </c>
-      <c r="C47" s="67" t="s">
+      <c r="C47" s="66" t="s">
         <v>111</v>
       </c>
-      <c r="D47" s="82" t="s">
+      <c r="D47" s="81" t="s">
         <v>9</v>
       </c>
-      <c r="E47" s="69" t="s" ph="1">
+      <c r="E47" s="68" t="s" ph="1">
         <v>87</v>
       </c>
-      <c r="L47" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A48" s="65">
+      <c r="L47" s="1" ph="1"/>
+    </row>
+    <row r="48" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A48" s="64">
         <v>46</v>
       </c>
-      <c r="B48" s="70">
+      <c r="B48" s="69">
         <v>135</v>
       </c>
-      <c r="C48" s="71" t="s">
+      <c r="C48" s="70" t="s">
         <v>180</v>
       </c>
-      <c r="D48" s="83" t="s">
+      <c r="D48" s="82" t="s">
         <v>112</v>
       </c>
-      <c r="E48" s="73" t="s" ph="1">
+      <c r="E48" s="72" t="s" ph="1">
         <v>181</v>
       </c>
-      <c r="L48" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A49" s="65">
+      <c r="L48" s="1" ph="1"/>
+    </row>
+    <row r="49" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A49" s="64">
         <v>47</v>
       </c>
-      <c r="B49" s="66">
+      <c r="B49" s="65">
         <v>139</v>
       </c>
-      <c r="C49" s="67" t="s">
+      <c r="C49" s="66" t="s">
         <v>88</v>
       </c>
-      <c r="D49" s="82" t="s">
+      <c r="D49" s="81" t="s">
         <v>99</v>
       </c>
-      <c r="E49" s="69" t="s" ph="1">
+      <c r="E49" s="68" t="s" ph="1">
         <v>89</v>
       </c>
-      <c r="L49" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A50" s="65">
+      <c r="L49" s="1" ph="1"/>
+    </row>
+    <row r="50" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A50" s="64">
         <v>48</v>
       </c>
-      <c r="B50" s="70">
+      <c r="B50" s="69">
         <v>141</v>
       </c>
-      <c r="C50" s="71" t="s">
+      <c r="C50" s="70" t="s">
         <v>90</v>
       </c>
-      <c r="D50" s="83" t="s">
+      <c r="D50" s="82" t="s">
         <v>91</v>
       </c>
-      <c r="E50" s="73" t="s" ph="1">
+      <c r="E50" s="72" t="s" ph="1">
         <v>182</v>
       </c>
-      <c r="K50" s="110" ph="1"/>
-[...3 lines deleted...]
-      <c r="A51" s="65">
+      <c r="K50" s="1" ph="1"/>
+      <c r="L50" s="1" ph="1"/>
+    </row>
+    <row r="51" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A51" s="64">
         <v>49</v>
       </c>
-      <c r="B51" s="66">
+      <c r="B51" s="65">
         <v>144</v>
       </c>
-      <c r="C51" s="67" t="s">
+      <c r="C51" s="66" t="s">
         <v>92</v>
       </c>
-      <c r="D51" s="82" t="s">
+      <c r="D51" s="81" t="s">
         <v>100</v>
       </c>
-      <c r="E51" s="69" t="s" ph="1">
+      <c r="E51" s="68" t="s" ph="1">
         <v>183</v>
       </c>
-      <c r="L51" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A52" s="65">
+      <c r="L51" s="1" ph="1"/>
+    </row>
+    <row r="52" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A52" s="64">
         <v>50</v>
       </c>
-      <c r="B52" s="66">
+      <c r="B52" s="65">
         <v>145</v>
       </c>
-      <c r="C52" s="67" t="s">
+      <c r="C52" s="66" t="s">
         <v>94</v>
       </c>
-      <c r="D52" s="82" t="s">
+      <c r="D52" s="81" t="s">
         <v>95</v>
       </c>
-      <c r="E52" s="69" t="s" ph="1">
+      <c r="E52" s="68" t="s" ph="1">
         <v>184</v>
       </c>
-      <c r="L52" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A53" s="65">
+      <c r="L52" s="1" ph="1"/>
+    </row>
+    <row r="53" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A53" s="64">
         <v>51</v>
       </c>
-      <c r="B53" s="66">
+      <c r="B53" s="65">
         <v>147</v>
       </c>
-      <c r="C53" s="67" t="s">
+      <c r="C53" s="66" t="s">
         <v>102</v>
       </c>
-      <c r="D53" s="82" t="s">
+      <c r="D53" s="81" t="s">
         <v>101</v>
       </c>
-      <c r="E53" s="69" t="s" ph="1">
+      <c r="E53" s="68" t="s" ph="1">
         <v>185</v>
       </c>
     </row>
-    <row r="54" spans="1:12" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A54" s="65">
+    <row r="54" spans="1:12" s="54" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A54" s="64">
         <v>52</v>
       </c>
-      <c r="B54" s="66">
+      <c r="B54" s="65">
         <v>148</v>
       </c>
-      <c r="C54" s="67" t="s">
+      <c r="C54" s="66" t="s">
         <v>103</v>
       </c>
-      <c r="D54" s="82" t="s">
+      <c r="D54" s="81" t="s">
         <v>107</v>
       </c>
-      <c r="E54" s="69" t="s" ph="1">
+      <c r="E54" s="68" t="s" ph="1">
         <v>186</v>
       </c>
     </row>
-    <row r="55" spans="1:12" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A55" s="65">
+    <row r="55" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A55" s="64">
         <v>53</v>
       </c>
-      <c r="B55" s="66">
+      <c r="B55" s="65">
         <v>149</v>
       </c>
-      <c r="C55" s="67" t="s">
+      <c r="C55" s="66" t="s">
         <v>110</v>
       </c>
-      <c r="D55" s="82" t="s">
+      <c r="D55" s="81" t="s">
         <v>200</v>
       </c>
-      <c r="E55" s="69" t="s" ph="1">
+      <c r="E55" s="68" t="s" ph="1">
         <v>104</v>
       </c>
     </row>
-    <row r="56" spans="1:12" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A56" s="65">
+    <row r="56" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A56" s="64">
         <v>54</v>
       </c>
-      <c r="B56" s="66">
+      <c r="B56" s="65">
         <v>150</v>
       </c>
-      <c r="C56" s="84" t="s">
+      <c r="C56" s="83" t="s">
         <v>187</v>
       </c>
-      <c r="D56" s="85" t="s">
+      <c r="D56" s="84" t="s">
         <v>188</v>
       </c>
-      <c r="E56" s="69" t="s" ph="1">
+      <c r="E56" s="68" t="s" ph="1">
         <v>189</v>
       </c>
-      <c r="K56" s="110" ph="1"/>
-[...3 lines deleted...]
-      <c r="A57" s="65">
+      <c r="K56" s="1" ph="1"/>
+      <c r="L56" s="1" ph="1"/>
+    </row>
+    <row r="57" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A57" s="64">
         <v>55</v>
       </c>
-      <c r="B57" s="70">
+      <c r="B57" s="69">
         <v>151</v>
       </c>
-      <c r="C57" s="80" t="s">
+      <c r="C57" s="79" t="s">
         <v>161</v>
       </c>
-      <c r="D57" s="74" t="s">
+      <c r="D57" s="73" t="s">
         <v>162</v>
       </c>
-      <c r="E57" s="73" t="s" ph="1">
+      <c r="E57" s="72" t="s" ph="1">
         <v>190</v>
       </c>
-      <c r="K57" s="110" ph="1"/>
-[...3 lines deleted...]
-      <c r="A58" s="65">
+      <c r="K57" s="1" ph="1"/>
+      <c r="L57" s="1" ph="1"/>
+    </row>
+    <row r="58" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A58" s="64">
         <v>56</v>
       </c>
-      <c r="B58" s="66">
+      <c r="B58" s="65">
         <v>152</v>
       </c>
-      <c r="C58" s="84" t="s">
+      <c r="C58" s="83" t="s">
         <v>114</v>
       </c>
-      <c r="D58" s="85" t="s">
+      <c r="D58" s="84" t="s">
         <v>105</v>
       </c>
-      <c r="E58" s="69" t="s" ph="1">
+      <c r="E58" s="68" t="s" ph="1">
         <v>191</v>
       </c>
     </row>
-    <row r="59" spans="1:12" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A59" s="65">
+    <row r="59" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A59" s="64">
         <v>57</v>
       </c>
-      <c r="B59" s="70">
+      <c r="B59" s="69">
         <v>154</v>
       </c>
-      <c r="C59" s="80" t="s">
+      <c r="C59" s="79" t="s">
         <v>108</v>
       </c>
-      <c r="D59" s="74" t="s">
+      <c r="D59" s="73" t="s">
         <v>109</v>
       </c>
-      <c r="E59" s="73" t="s" ph="1">
+      <c r="E59" s="72" t="s" ph="1">
         <v>192</v>
       </c>
     </row>
-    <row r="60" spans="1:12" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A60" s="65">
+    <row r="60" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A60" s="64">
         <v>58</v>
       </c>
-      <c r="B60" s="66">
+      <c r="B60" s="65">
         <v>155</v>
       </c>
-      <c r="C60" s="84" t="s">
+      <c r="C60" s="83" t="s">
         <v>121</v>
       </c>
-      <c r="D60" s="85" t="s">
+      <c r="D60" s="84" t="s">
         <v>193</v>
       </c>
-      <c r="E60" s="69" t="s" ph="1">
+      <c r="E60" s="68" t="s" ph="1">
         <v>194</v>
       </c>
     </row>
-    <row r="61" spans="1:12" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A61" s="65">
+    <row r="61" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A61" s="64">
         <v>59</v>
       </c>
-      <c r="B61" s="70">
+      <c r="B61" s="69">
         <v>156</v>
       </c>
-      <c r="C61" s="86" t="s">
+      <c r="C61" s="85" t="s">
         <v>124</v>
       </c>
-      <c r="D61" s="74" t="s">
+      <c r="D61" s="73" t="s">
         <v>125</v>
       </c>
-      <c r="E61" s="73" t="s" ph="1">
+      <c r="E61" s="72" t="s" ph="1">
         <v>195</v>
       </c>
     </row>
-    <row r="62" spans="1:12" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A62" s="65">
+    <row r="62" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A62" s="64">
         <v>60</v>
       </c>
-      <c r="B62" s="66">
+      <c r="B62" s="65">
         <v>160</v>
       </c>
-      <c r="C62" s="84" t="s">
+      <c r="C62" s="83" t="s">
         <v>133</v>
       </c>
-      <c r="D62" s="85" t="s">
+      <c r="D62" s="84" t="s">
         <v>134</v>
       </c>
-      <c r="E62" s="69" t="s" ph="1">
+      <c r="E62" s="68" t="s" ph="1">
         <v>235</v>
       </c>
     </row>
-    <row r="63" spans="1:12" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A63" s="65">
+    <row r="63" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A63" s="64">
         <v>61</v>
       </c>
-      <c r="B63" s="66">
+      <c r="B63" s="65">
         <v>162</v>
       </c>
-      <c r="C63" s="84" t="s">
+      <c r="C63" s="83" t="s">
         <v>135</v>
       </c>
-      <c r="D63" s="85" t="s">
+      <c r="D63" s="84" t="s">
         <v>136</v>
       </c>
-      <c r="E63" s="69" t="s" ph="1">
+      <c r="E63" s="68" t="s" ph="1">
         <v>236</v>
       </c>
-      <c r="K63" s="110" ph="1"/>
-[...3 lines deleted...]
-      <c r="A64" s="65">
+      <c r="K63" s="1" ph="1"/>
+      <c r="L63" s="1" ph="1"/>
+    </row>
+    <row r="64" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A64" s="64">
         <v>62</v>
       </c>
-      <c r="B64" s="70">
+      <c r="B64" s="69">
         <v>163</v>
       </c>
-      <c r="C64" s="80" t="s">
+      <c r="C64" s="79" t="s">
         <v>237</v>
       </c>
-      <c r="D64" s="74" t="s">
+      <c r="D64" s="73" t="s">
         <v>238</v>
       </c>
-      <c r="E64" s="73" t="s" ph="1">
+      <c r="E64" s="72" t="s" ph="1">
         <v>137</v>
       </c>
-      <c r="K64" s="110" ph="1"/>
-[...3 lines deleted...]
-      <c r="A65" s="65">
+      <c r="K64" s="1" ph="1"/>
+      <c r="L64" s="1" ph="1"/>
+    </row>
+    <row r="65" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A65" s="64">
         <v>63</v>
       </c>
-      <c r="B65" s="66">
+      <c r="B65" s="65">
         <v>165</v>
       </c>
-      <c r="C65" s="84" t="s">
+      <c r="C65" s="83" t="s">
         <v>239</v>
       </c>
-      <c r="D65" s="85" t="s">
+      <c r="D65" s="84" t="s">
         <v>240</v>
       </c>
-      <c r="E65" s="69" t="s" ph="1">
+      <c r="E65" s="68" t="s" ph="1">
         <v>138</v>
       </c>
     </row>
-    <row r="66" spans="1:12" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A66" s="65">
+    <row r="66" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A66" s="64">
         <v>64</v>
       </c>
-      <c r="B66" s="70">
+      <c r="B66" s="69">
         <v>166</v>
       </c>
-      <c r="C66" s="86" t="s">
+      <c r="C66" s="85" t="s">
         <v>241</v>
       </c>
-      <c r="D66" s="74" t="s">
+      <c r="D66" s="73" t="s">
         <v>242</v>
       </c>
-      <c r="E66" s="73" t="s" ph="1">
+      <c r="E66" s="72" t="s" ph="1">
         <v>139</v>
       </c>
-      <c r="K66" s="110" ph="1"/>
-[...3 lines deleted...]
-      <c r="A67" s="65">
+      <c r="K66" s="1" ph="1"/>
+      <c r="L66" s="1" ph="1"/>
+    </row>
+    <row r="67" spans="1:12" s="54" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A67" s="64">
         <v>65</v>
       </c>
-      <c r="B67" s="66">
+      <c r="B67" s="65">
         <v>167</v>
       </c>
-      <c r="C67" s="84" t="s">
+      <c r="C67" s="83" t="s">
         <v>243</v>
       </c>
-      <c r="D67" s="85" t="s">
+      <c r="D67" s="84" t="s">
         <v>244</v>
       </c>
-      <c r="E67" s="69" t="s" ph="1">
+      <c r="E67" s="68" t="s" ph="1">
         <v>140</v>
       </c>
-      <c r="K67" s="110" ph="1"/>
-[...3 lines deleted...]
-      <c r="A68" s="65">
+      <c r="K67" s="54" ph="1"/>
+      <c r="L67" s="54" ph="1"/>
+    </row>
+    <row r="68" spans="1:12" s="54" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A68" s="64">
         <v>66</v>
       </c>
-      <c r="B68" s="70">
+      <c r="B68" s="69">
         <v>168</v>
       </c>
-      <c r="C68" s="86" t="s">
+      <c r="C68" s="85" t="s">
         <v>168</v>
       </c>
-      <c r="D68" s="74" t="s">
+      <c r="D68" s="73" t="s">
         <v>245</v>
       </c>
-      <c r="E68" s="73" t="s" ph="1">
+      <c r="E68" s="72" t="s" ph="1">
         <v>141</v>
       </c>
     </row>
-    <row r="69" spans="1:12" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A69" s="65">
+    <row r="69" spans="1:12" s="54" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A69" s="64">
         <v>67</v>
       </c>
-      <c r="B69" s="66">
+      <c r="B69" s="65">
         <v>169</v>
       </c>
-      <c r="C69" s="84" t="s">
+      <c r="C69" s="83" t="s">
         <v>246</v>
       </c>
-      <c r="D69" s="85" t="s">
+      <c r="D69" s="84" t="s">
         <v>247</v>
       </c>
-      <c r="E69" s="69" t="s" ph="1">
+      <c r="E69" s="68" t="s" ph="1">
         <v>142</v>
       </c>
-      <c r="K69" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A70" s="65">
+      <c r="K69" s="54" ph="1"/>
+    </row>
+    <row r="70" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A70" s="64">
         <v>68</v>
       </c>
-      <c r="B70" s="70">
+      <c r="B70" s="69">
         <v>170</v>
       </c>
-      <c r="C70" s="80" t="s">
+      <c r="C70" s="79" t="s">
         <v>143</v>
       </c>
-      <c r="D70" s="74" t="s">
+      <c r="D70" s="73" t="s">
         <v>144</v>
       </c>
-      <c r="E70" s="73" t="s" ph="1">
+      <c r="E70" s="72" t="s" ph="1">
         <v>248</v>
       </c>
-      <c r="K70" s="110" ph="1"/>
-[...2 lines deleted...]
-      <c r="A71" s="65">
+      <c r="K70" s="1" ph="1"/>
+    </row>
+    <row r="71" spans="1:12" s="54" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A71" s="64">
         <v>69</v>
       </c>
-      <c r="B71" s="66">
+      <c r="B71" s="65">
         <v>171</v>
       </c>
-      <c r="C71" s="80" t="s">
+      <c r="C71" s="79" t="s">
         <v>145</v>
       </c>
-      <c r="D71" s="74" t="s">
+      <c r="D71" s="73" t="s">
         <v>201</v>
       </c>
-      <c r="E71" s="73" t="s" ph="1">
+      <c r="E71" s="72" t="s" ph="1">
         <v>249</v>
       </c>
-      <c r="K71" s="110" ph="1"/>
-[...3 lines deleted...]
-      <c r="A72" s="65">
+      <c r="K71" s="54" ph="1"/>
+      <c r="L71" s="54" ph="1"/>
+    </row>
+    <row r="72" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A72" s="64">
         <v>70</v>
       </c>
-      <c r="B72" s="70">
+      <c r="B72" s="69">
         <v>172</v>
       </c>
-      <c r="C72" s="87" t="s">
+      <c r="C72" s="86" t="s">
         <v>146</v>
       </c>
-      <c r="D72" s="85" t="s">
+      <c r="D72" s="84" t="s">
         <v>147</v>
       </c>
-      <c r="E72" s="69" t="s" ph="1">
+      <c r="E72" s="68" t="s" ph="1">
         <v>250</v>
       </c>
-      <c r="K72" s="110" ph="1"/>
-[...3 lines deleted...]
-      <c r="A73" s="65">
+      <c r="K72" s="1" ph="1"/>
+      <c r="L72" s="1" ph="1"/>
+    </row>
+    <row r="73" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A73" s="64">
         <v>71</v>
       </c>
-      <c r="B73" s="66">
+      <c r="B73" s="65">
         <v>173</v>
       </c>
-      <c r="C73" s="87" t="s">
+      <c r="C73" s="86" t="s">
         <v>148</v>
       </c>
-      <c r="D73" s="85" t="s">
+      <c r="D73" s="84" t="s">
         <v>149</v>
       </c>
-      <c r="E73" s="69" t="s" ph="1">
+      <c r="E73" s="68" t="s" ph="1">
         <v>251</v>
       </c>
     </row>
-    <row r="74" spans="1:12" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A74" s="65">
+    <row r="74" spans="1:12" s="54" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A74" s="64">
         <v>72</v>
       </c>
-      <c r="B74" s="70">
+      <c r="B74" s="69">
         <v>174</v>
       </c>
-      <c r="C74" s="87" t="s">
+      <c r="C74" s="86" t="s">
         <v>150</v>
       </c>
-      <c r="D74" s="85" t="s">
+      <c r="D74" s="84" t="s">
         <v>151</v>
       </c>
-      <c r="E74" s="69" t="s" ph="1">
+      <c r="E74" s="68" t="s" ph="1">
         <v>252</v>
       </c>
     </row>
-    <row r="75" spans="1:12" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A75" s="65">
+    <row r="75" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A75" s="64">
         <v>73</v>
       </c>
-      <c r="B75" s="66">
+      <c r="B75" s="65">
         <v>175</v>
       </c>
-      <c r="C75" s="87" t="s">
+      <c r="C75" s="86" t="s">
         <v>152</v>
       </c>
-      <c r="D75" s="85" t="s">
+      <c r="D75" s="84" t="s">
         <v>153</v>
       </c>
-      <c r="E75" s="69" t="s" ph="1">
+      <c r="E75" s="68" t="s" ph="1">
         <v>253</v>
       </c>
     </row>
-    <row r="76" spans="1:12" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A76" s="65">
+    <row r="76" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A76" s="64">
         <v>74</v>
       </c>
-      <c r="B76" s="70">
+      <c r="B76" s="69">
         <v>177</v>
       </c>
-      <c r="C76" s="87" t="s">
+      <c r="C76" s="86" t="s">
         <v>157</v>
       </c>
-      <c r="D76" s="85" t="s">
+      <c r="D76" s="84" t="s">
         <v>158</v>
       </c>
-      <c r="E76" s="69" t="s" ph="1">
+      <c r="E76" s="68" t="s" ph="1">
         <v>254</v>
       </c>
     </row>
-    <row r="77" spans="1:12" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A77" s="65">
+    <row r="77" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A77" s="64">
         <v>75</v>
       </c>
-      <c r="B77" s="66">
+      <c r="B77" s="65">
         <v>180</v>
       </c>
-      <c r="C77" s="87" t="s">
+      <c r="C77" s="86" t="s">
         <v>159</v>
       </c>
-      <c r="D77" s="85" t="s">
+      <c r="D77" s="84" t="s">
         <v>160</v>
       </c>
-      <c r="E77" s="69" t="s" ph="1">
+      <c r="E77" s="68" t="s" ph="1">
         <v>255</v>
       </c>
     </row>
-    <row r="78" spans="1:12" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A78" s="65">
+    <row r="78" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A78" s="64">
         <v>76</v>
       </c>
-      <c r="B78" s="70">
+      <c r="B78" s="69">
         <v>181</v>
       </c>
-      <c r="C78" s="87" t="s">
+      <c r="C78" s="86" t="s">
         <v>163</v>
       </c>
-      <c r="D78" s="85" t="s">
+      <c r="D78" s="84" t="s">
         <v>173</v>
       </c>
-      <c r="E78" s="69" t="s" ph="1">
+      <c r="E78" s="68" t="s" ph="1">
         <v>256</v>
       </c>
     </row>
-    <row r="79" spans="1:12" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A79" s="65">
+    <row r="79" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A79" s="64">
         <v>77</v>
       </c>
-      <c r="B79" s="66">
+      <c r="B79" s="65">
         <v>182</v>
       </c>
-      <c r="C79" s="88" t="s">
+      <c r="C79" s="87" t="s">
         <v>164</v>
       </c>
-      <c r="D79" s="74" t="s">
+      <c r="D79" s="73" t="s">
         <v>165</v>
       </c>
-      <c r="E79" s="73" t="s" ph="1">
+      <c r="E79" s="72" t="s" ph="1">
         <v>257</v>
       </c>
     </row>
-    <row r="80" spans="1:12" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A80" s="65">
+    <row r="80" spans="1:12" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A80" s="64">
         <v>78</v>
       </c>
-      <c r="B80" s="70">
+      <c r="B80" s="69">
         <v>184</v>
       </c>
-      <c r="C80" s="88" t="s">
+      <c r="C80" s="87" t="s">
         <v>166</v>
       </c>
-      <c r="D80" s="74" t="s">
+      <c r="D80" s="73" t="s">
         <v>167</v>
       </c>
-      <c r="E80" s="73" t="s" ph="1">
+      <c r="E80" s="72" t="s" ph="1">
         <v>258</v>
       </c>
     </row>
-    <row r="81" spans="1:5" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A81" s="65">
+    <row r="81" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A81" s="64">
         <v>79</v>
       </c>
-      <c r="B81" s="66">
+      <c r="B81" s="65">
         <v>187</v>
       </c>
-      <c r="C81" s="88" t="s">
+      <c r="C81" s="87" t="s">
         <v>259</v>
       </c>
-      <c r="D81" s="74" t="s">
+      <c r="D81" s="73" t="s">
         <v>171</v>
       </c>
-      <c r="E81" s="73" t="s" ph="1">
+      <c r="E81" s="72" t="s" ph="1">
         <v>169</v>
       </c>
     </row>
-    <row r="82" spans="1:5" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A82" s="65">
+    <row r="82" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A82" s="64">
         <v>80</v>
       </c>
-      <c r="B82" s="70">
+      <c r="B82" s="69">
         <v>191</v>
       </c>
-      <c r="C82" s="88" t="s">
+      <c r="C82" s="87" t="s">
         <v>174</v>
       </c>
-      <c r="D82" s="74" t="s">
+      <c r="D82" s="73" t="s">
         <v>175</v>
       </c>
-      <c r="E82" s="73" t="s" ph="1">
+      <c r="E82" s="72" t="s" ph="1">
         <v>176</v>
       </c>
     </row>
-    <row r="83" spans="1:5" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A83" s="65">
+    <row r="83" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A83" s="64">
         <v>81</v>
       </c>
-      <c r="B83" s="66">
+      <c r="B83" s="65">
         <v>192</v>
       </c>
-      <c r="C83" s="88" t="s">
+      <c r="C83" s="87" t="s">
         <v>177</v>
       </c>
-      <c r="D83" s="74" t="s">
+      <c r="D83" s="73" t="s">
         <v>178</v>
       </c>
-      <c r="E83" s="73" t="s" ph="1">
+      <c r="E83" s="72" t="s" ph="1">
         <v>179</v>
       </c>
     </row>
-    <row r="84" spans="1:5" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A84" s="65">
+    <row r="84" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A84" s="64">
         <v>82</v>
       </c>
-      <c r="B84" s="70">
+      <c r="B84" s="69">
         <v>194</v>
       </c>
-      <c r="C84" s="88" t="s">
+      <c r="C84" s="87" t="s">
         <v>202</v>
       </c>
-      <c r="D84" s="74" t="s">
+      <c r="D84" s="73" t="s">
         <v>203</v>
       </c>
-      <c r="E84" s="73" t="s" ph="1">
+      <c r="E84" s="72" t="s" ph="1">
         <v>206</v>
       </c>
     </row>
-    <row r="85" spans="1:5" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A85" s="65">
+    <row r="85" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A85" s="64">
         <v>83</v>
       </c>
-      <c r="B85" s="66">
+      <c r="B85" s="65">
         <v>195</v>
       </c>
-      <c r="C85" s="88" t="s">
+      <c r="C85" s="87" t="s">
         <v>204</v>
       </c>
-      <c r="D85" s="74" t="s">
+      <c r="D85" s="73" t="s">
         <v>205</v>
       </c>
-      <c r="E85" s="73" t="s" ph="1">
+      <c r="E85" s="72" t="s" ph="1">
         <v>207</v>
       </c>
     </row>
-    <row r="86" spans="1:5" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A86" s="65">
+    <row r="86" spans="1:5" s="54" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A86" s="64">
         <v>84</v>
       </c>
-      <c r="B86" s="66">
+      <c r="B86" s="65">
         <v>196</v>
       </c>
-      <c r="C86" s="88" t="s">
+      <c r="C86" s="87" t="s">
         <v>196</v>
       </c>
-      <c r="D86" s="74" t="s">
+      <c r="D86" s="73" t="s">
         <v>197</v>
       </c>
-      <c r="E86" s="73" t="s" ph="1">
+      <c r="E86" s="72" t="s" ph="1">
         <v>208</v>
       </c>
     </row>
-    <row r="87" spans="1:5" s="110" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A87" s="65">
+    <row r="87" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A87" s="64">
         <v>85</v>
       </c>
-      <c r="B87" s="70">
+      <c r="B87" s="69">
         <v>197</v>
       </c>
-      <c r="C87" s="88" t="s">
+      <c r="C87" s="87" t="s">
         <v>211</v>
       </c>
-      <c r="D87" s="74" t="s">
+      <c r="D87" s="73" t="s">
         <v>212</v>
       </c>
-      <c r="E87" s="73" t="s" ph="1">
+      <c r="E87" s="72" t="s" ph="1">
         <v>213</v>
       </c>
     </row>
-    <row r="88" spans="1:5" s="111" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A88" s="65">
+    <row r="88" spans="1:5" s="55" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A88" s="64">
         <v>86</v>
       </c>
-      <c r="B88" s="66">
+      <c r="B88" s="65">
         <v>198</v>
       </c>
-      <c r="C88" s="99" t="s">
+      <c r="C88" s="94" t="s">
         <v>260</v>
       </c>
-      <c r="D88" s="68" t="s">
+      <c r="D88" s="67" t="s">
         <v>261</v>
       </c>
-      <c r="E88" s="100" t="s" ph="1">
+      <c r="E88" s="68" t="s" ph="1">
         <v>263</v>
       </c>
     </row>
-    <row r="89" spans="1:5" s="110" customFormat="1" ht="16.350000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A89" s="112">
+    <row r="89" spans="1:5" ht="16.350000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A89" s="100">
         <v>87</v>
       </c>
-      <c r="B89" s="113">
+      <c r="B89" s="91">
         <v>199</v>
       </c>
-      <c r="C89" s="84" t="s">
+      <c r="C89" s="89" t="s">
         <v>264</v>
       </c>
-      <c r="D89" s="85" t="s">
+      <c r="D89" s="88" t="s">
         <v>265</v>
       </c>
-      <c r="E89" s="69" t="s" ph="1">
+      <c r="E89" s="50" t="s" ph="1">
         <v>266</v>
       </c>
     </row>
-    <row r="90" spans="1:5" s="110" customFormat="1" ht="16.350000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A90" s="114">
+    <row r="90" spans="1:5" ht="16.350000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A90" s="101">
         <v>88</v>
       </c>
-      <c r="B90" s="115">
+      <c r="B90" s="99">
         <v>200</v>
       </c>
-      <c r="C90" s="80" t="s">
+      <c r="C90" s="56" t="s">
         <v>267</v>
       </c>
-      <c r="D90" s="74" t="s">
+      <c r="D90" s="52" t="s">
         <v>273</v>
       </c>
-      <c r="E90" s="73" t="s" ph="1">
+      <c r="E90" s="57" t="s" ph="1">
         <v>274</v>
       </c>
     </row>
-    <row r="91" spans="1:5" s="110" customFormat="1" ht="16.350000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A91" s="116">
+    <row r="91" spans="1:5" ht="16.350000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A91" s="97">
         <v>89</v>
       </c>
-      <c r="B91" s="117">
+      <c r="B91" s="51">
         <v>201</v>
       </c>
-      <c r="C91" s="118" t="s">
+      <c r="C91" s="49" t="s">
         <v>270</v>
       </c>
-      <c r="D91" s="119" t="s">
+      <c r="D91" s="88" t="s">
         <v>271</v>
       </c>
-      <c r="E91" s="120" t="s">
+      <c r="E91" s="50" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="92" spans="1:5" s="110" customFormat="1" ht="21" x14ac:dyDescent="0.15">
-[...9 lines deleted...]
-      <c r="E95" s="121" ph="1"/>
+    <row r="92" spans="1:5" ht="21" x14ac:dyDescent="0.15">
+      <c r="A92" s="118">
+        <v>90</v>
+      </c>
+      <c r="B92" s="119">
+        <v>202</v>
+      </c>
+      <c r="C92" s="107" t="s">
+        <v>278</v>
+      </c>
+      <c r="D92" s="108" t="s">
+        <v>279</v>
+      </c>
+      <c r="E92" s="44" t="s" ph="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="90">
+        <v>91</v>
+      </c>
+      <c r="B93" s="92">
+        <v>203</v>
+      </c>
+      <c r="C93" s="111" t="s">
+        <v>281</v>
+      </c>
+      <c r="D93" s="112" t="s">
+        <v>282</v>
+      </c>
+      <c r="E93" s="113" t="s" ph="1">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" ht="21" x14ac:dyDescent="0.15">
+      <c r="E94" s="2" ph="1"/>
+    </row>
+    <row r="95" spans="1:5" ht="21" x14ac:dyDescent="0.15">
+      <c r="E95" s="2" ph="1"/>
     </row>
     <row r="96" spans="1:5" ht="21" x14ac:dyDescent="0.15">
       <c r="E96" s="2" ph="1"/>
     </row>
     <row r="97" spans="5:5" ht="21" x14ac:dyDescent="0.15">
       <c r="E97" s="2" ph="1"/>
     </row>
     <row r="98" spans="5:5" ht="21" x14ac:dyDescent="0.15">
       <c r="E98" s="2" ph="1"/>
     </row>
     <row r="99" spans="5:5" ht="21" x14ac:dyDescent="0.15">
       <c r="E99" s="2" ph="1"/>
     </row>
     <row r="100" spans="5:5" ht="21" x14ac:dyDescent="0.15">
       <c r="E100" s="2" ph="1"/>
     </row>
     <row r="101" spans="5:5" ht="21" x14ac:dyDescent="0.15">
       <c r="E101" s="2" ph="1"/>
     </row>
     <row r="102" spans="5:5" ht="21" x14ac:dyDescent="0.15">
       <c r="E102" s="2" ph="1"/>
     </row>
     <row r="103" spans="5:5" ht="21" x14ac:dyDescent="0.15">
       <c r="E103" s="2" ph="1"/>
     </row>
     <row r="104" spans="5:5" ht="21" x14ac:dyDescent="0.15">
       <c r="E104" s="2" ph="1"/>
     </row>
     <row r="105" spans="5:5" ht="21" x14ac:dyDescent="0.15">
       <c r="E105" s="2" ph="1"/>
     </row>
     <row r="106" spans="5:5" ht="21" x14ac:dyDescent="0.15">
       <c r="E106" s="2" ph="1"/>
     </row>
     <row r="109" spans="5:5" ht="21" x14ac:dyDescent="0.15">
       <c r="E109" s="2" ph="1"/>
     </row>
   </sheetData>
-  <autoFilter ref="A2:E91"/>
+  <autoFilter ref="A2:E91" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
   <phoneticPr fontId="2"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.19685039370078741" bottom="0" header="0.19685039370078741" footer="0.19685039370078741"/>
-  <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="98" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="53" max="4" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>